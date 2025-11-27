--- v0 (2025-10-17)
+++ v1 (2025-11-27)
@@ -1281,54 +1281,54 @@
       <c r="BA4" t="str">
         <v>37</v>
       </c>
       <c r="BB4" t="str">
         <v>13.4</v>
       </c>
       <c r="BC4" t="str">
         <v>1.2</v>
       </c>
       <c r="BD4" t="str">
         <v>143</v>
       </c>
       <c r="BE4" t="str">
         <v>261</v>
       </c>
       <c r="BF4" t="str">
         <v>10.3</v>
       </c>
       <c r="BG4" t="str">
         <v>245</v>
       </c>
       <c r="BH4" t="str">
         <v>9.6</v>
       </c>
       <c r="BI4" t="str">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="BJ4" t="str">
-        <v>8.8</v>
+        <v>9.17</v>
       </c>
       <c r="BK4" t="str">
         <v>140</v>
       </c>
       <c r="BL4" t="str">
         <v>5.51</v>
       </c>
       <c r="BM4" t="str">
         <v>11</v>
       </c>
       <c r="BN4" t="str">
         <v>0.43</v>
       </c>
       <c r="BO4" t="str">
         <v>5.6</v>
       </c>
       <c r="BP4" t="str">
         <v>12.35</v>
       </c>
       <c r="BR4" t="str">
         <v>MMD620TN8M</v>
       </c>
       <c r="BS4" t="str">
         <v>RCK10FCX648</v>
       </c>
@@ -1484,54 +1484,54 @@
       <c r="BA5" t="str">
         <v>28</v>
       </c>
       <c r="BB5" t="str">
         <v>12.7</v>
       </c>
       <c r="BC5" t="str">
         <v>1.2</v>
       </c>
       <c r="BD5" t="str">
         <v>163</v>
       </c>
       <c r="BE5" t="str">
         <v>262</v>
       </c>
       <c r="BF5" t="str">
         <v>10.3</v>
       </c>
       <c r="BG5" t="str">
         <v>245</v>
       </c>
       <c r="BH5" t="str">
         <v>9.6</v>
       </c>
       <c r="BI5" t="str">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="BJ5" t="str">
-        <v>8.8</v>
+        <v>9.09</v>
       </c>
       <c r="BK5" t="str">
         <v>144</v>
       </c>
       <c r="BL5" t="str">
         <v>5.7</v>
       </c>
       <c r="BM5" t="str">
         <v>14</v>
       </c>
       <c r="BN5" t="str">
         <v>0.55</v>
       </c>
       <c r="BO5" t="str">
         <v>4.7</v>
       </c>
       <c r="BP5" t="str">
         <v>10.36</v>
       </c>
       <c r="BR5" t="str">
         <v>MMD6108M</v>
       </c>
       <c r="BS5" t="str">
         <v>RCK010NCX8</v>
       </c>