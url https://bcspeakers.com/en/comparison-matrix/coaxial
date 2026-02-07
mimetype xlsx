--- v1 (2025-11-27)
+++ v2 (2026-02-07)
@@ -410,51 +410,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:CB38"/>
+  <dimension ref="A1:CG41"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1">
       <c r="A1" t="str">
         <v>name</v>
       </c>
       <c r="B1" t="str">
         <v>inches</v>
       </c>
       <c r="C1" t="str">
         <v xml:space="preserve"> Nominal Diameter (mm)</v>
       </c>
       <c r="D1" t="str">
         <v xml:space="preserve"> Nominal Diameter (in )</v>
       </c>
       <c r="E1" t="str">
         <v xml:space="preserve"> Nominal Impedance (Ω)</v>
       </c>
       <c r="F1" t="str">
         <v xml:space="preserve"> Frequency Range (Hz Min)</v>
       </c>
       <c r="G1" t="str">
         <v xml:space="preserve"> Frequency Range (Hz Max)</v>
@@ -645,59 +645,74 @@
       <c r="BQ1" t="str">
         <v xml:space="preserve"> Shipping Box (in)</v>
       </c>
       <c r="BR1" t="str">
         <v>Service kit HF</v>
       </c>
       <c r="BS1" t="str">
         <v>Service kit LF</v>
       </c>
       <c r="BT1" t="str">
         <v xml:space="preserve"> Shipping Units (pcs)</v>
       </c>
       <c r="BU1" t="str">
         <v xml:space="preserve"> Shipping Weight (kg)</v>
       </c>
       <c r="BV1" t="str">
         <v xml:space="preserve"> Shipping Weight (lb )</v>
       </c>
       <c r="BW1" t="str">
         <v xml:space="preserve"> Shipping Box (mm)</v>
       </c>
       <c r="BX1" t="str">
         <v xml:space="preserve"> Shipping Box (in )</v>
       </c>
       <c r="BY1" t="str">
+        <v>HF Frequency Range (kHz Min)</v>
+      </c>
+      <c r="BZ1" t="str">
+        <v>HF Frequency Range (kHz Max)</v>
+      </c>
+      <c r="CA1" t="str">
+        <v xml:space="preserve"> Surround Shape</v>
+      </c>
+      <c r="CB1" t="str">
+        <v xml:space="preserve"> Spider</v>
+      </c>
+      <c r="CC1" t="str">
+        <v xml:space="preserve"> Xmax (mm)</v>
+      </c>
+      <c r="CD1" t="str">
         <v xml:space="preserve"> Recommended Enclosure (dm³)</v>
       </c>
-      <c r="BZ1" t="str">
+      <c r="CE1" t="str">
         <v xml:space="preserve"> Recommended Enclosure (ft³ )</v>
       </c>
-      <c r="CA1" t="str">
+      <c r="CF1" t="str">
         <v xml:space="preserve"> Recommended Tuning (Hz)</v>
       </c>
-      <c r="CB1" t="str">
+      <c r="CG1" t="str">
         <v xml:space="preserve"> Recommended Loading</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>10CLX64</v>
       </c>
       <c r="B2">
         <v>10</v>
       </c>
       <c r="C2" t="str">
         <v>250</v>
       </c>
       <c r="D2" t="str">
         <v>10</v>
       </c>
       <c r="E2" t="str">
         <v>8</v>
       </c>
       <c r="F2" t="str">
         <v>70</v>
       </c>
       <c r="G2" t="str">
         <v>18,000</v>
       </c>
@@ -1101,1871 +1116,1859 @@
       </c>
       <c r="BR3" t="str">
         <v>MMD620TN8M</v>
       </c>
       <c r="BS3" t="str">
         <v>RCK10CXN648</v>
       </c>
       <c r="BT3" t="str">
         <v>1</v>
       </c>
       <c r="BU3" t="str">
         <v>4.85</v>
       </c>
       <c r="BV3" t="str">
         <v>10.69</v>
       </c>
       <c r="BW3" t="str">
         <v>360x360x200</v>
       </c>
       <c r="BX3" t="str">
         <v>14.17x14.17x7.87</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
-        <v>10FCX64</v>
+        <v>10CXN76</v>
       </c>
       <c r="B4">
         <v>10</v>
       </c>
       <c r="C4" t="str">
         <v>250</v>
       </c>
       <c r="D4" t="str">
         <v>10</v>
       </c>
       <c r="E4" t="str">
         <v>8</v>
       </c>
       <c r="F4" t="str">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="G4" t="str">
         <v>18,000</v>
       </c>
       <c r="H4" t="str">
-        <v>70</v>
+        <v>90</v>
       </c>
       <c r="I4" t="str">
         <v>250</v>
       </c>
       <c r="J4" t="str">
         <v>10</v>
       </c>
       <c r="K4" t="str">
         <v>8</v>
       </c>
       <c r="L4" t="str">
-        <v>6.4</v>
+        <v>6.3</v>
       </c>
       <c r="M4" t="str">
-        <v>250</v>
+        <v>300</v>
       </c>
       <c r="N4" t="str">
-        <v>500</v>
+        <v>600</v>
       </c>
       <c r="O4" t="str">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="P4" t="str">
-        <v>64</v>
+        <v>76</v>
       </c>
       <c r="Q4" t="str">
-        <v>2.5</v>
+        <v>3</v>
       </c>
       <c r="R4" t="str">
         <v>Copper</v>
       </c>
       <c r="S4" t="str">
-        <v>Kapton</v>
+        <v>Kraft Paper</v>
       </c>
       <c r="T4" t="str">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="U4" t="str">
-        <v>0.51</v>
+        <v>0.63</v>
       </c>
       <c r="V4" t="str">
         <v>8</v>
       </c>
       <c r="W4" t="str">
         <v>0.31</v>
       </c>
       <c r="X4" t="str">
-        <v>0.96</v>
-[...8 lines deleted...]
-        <v>10</v>
+        <v>1.15</v>
       </c>
       <c r="AB4" t="str">
         <v>8</v>
       </c>
       <c r="AC4" t="str">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="AD4" t="str">
         <v>80</v>
       </c>
       <c r="AE4" t="str">
         <v>160</v>
       </c>
       <c r="AF4" t="str">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="AG4" t="str">
         <v>1.2</v>
       </c>
       <c r="AH4" t="str">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="AI4" t="str">
-        <v>2.5</v>
+        <v>3</v>
       </c>
       <c r="AJ4" t="str">
         <v>Aluminium</v>
       </c>
       <c r="AK4" t="str">
-        <v>0.15</v>
+        <v>0.14</v>
       </c>
       <c r="AL4" t="str">
-        <v>1.6</v>
+        <v>1.85</v>
       </c>
       <c r="AM4" t="str">
         <v>Titanium</v>
       </c>
       <c r="AN4" t="str">
-        <v>Ferrite</v>
+        <v>Neodymium Ring</v>
       </c>
       <c r="AO4" t="str">
         <v>WP Waterproof Front Side</v>
       </c>
       <c r="AP4" t="str">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="AQ4" t="str">
-        <v>5.5</v>
+        <v>5.2</v>
       </c>
       <c r="AR4" t="str">
-        <v>0.44</v>
+        <v>0.31</v>
       </c>
       <c r="AS4" t="str">
-        <v>7.9</v>
+        <v>8.2</v>
       </c>
       <c r="AT4" t="str">
-        <v>0.42</v>
+        <v>0.3</v>
       </c>
       <c r="AU4" t="str">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="AV4" t="str">
-        <v>0.89</v>
+        <v>0.67</v>
       </c>
       <c r="AW4" t="str">
         <v>320</v>
       </c>
       <c r="AX4" t="str">
-        <v>49.1</v>
+        <v>49.6</v>
       </c>
       <c r="AY4" t="str">
-        <v>1.4</v>
+        <v>1.2</v>
       </c>
       <c r="AZ4" t="str">
-        <v>6</v>
+        <v>5.4</v>
       </c>
       <c r="BA4" t="str">
-        <v>37</v>
+        <v>58</v>
       </c>
       <c r="BB4" t="str">
-        <v>13.4</v>
+        <v>18.9</v>
       </c>
       <c r="BC4" t="str">
-        <v>1.2</v>
+        <v>0.7</v>
       </c>
       <c r="BD4" t="str">
-        <v>143</v>
+        <v>187</v>
       </c>
       <c r="BE4" t="str">
         <v>261</v>
       </c>
       <c r="BF4" t="str">
-        <v>10.3</v>
+        <v>10.28</v>
       </c>
       <c r="BG4" t="str">
         <v>245</v>
       </c>
       <c r="BH4" t="str">
-        <v>9.6</v>
+        <v>9.65</v>
       </c>
       <c r="BI4" t="str">
-        <v>233</v>
+        <v>230</v>
       </c>
       <c r="BJ4" t="str">
-        <v>9.17</v>
+        <v>9.06</v>
       </c>
       <c r="BK4" t="str">
-        <v>140</v>
+        <v>148</v>
       </c>
       <c r="BL4" t="str">
-        <v>5.51</v>
+        <v>5.83</v>
       </c>
       <c r="BM4" t="str">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="BN4" t="str">
-        <v>0.43</v>
+        <v>0.51</v>
       </c>
       <c r="BO4" t="str">
-        <v>5.6</v>
+        <v>4.8</v>
       </c>
       <c r="BP4" t="str">
-        <v>12.35</v>
+        <v>10.58</v>
       </c>
       <c r="BR4" t="str">
-        <v>MMD620TN8M</v>
-[...4 lines deleted...]
-      <c r="BT4" t="str">
+        <v>MMD3BTN8M</v>
+      </c>
+      <c r="BY4" t="str">
         <v>1</v>
       </c>
-      <c r="BU4" t="str">
-[...9 lines deleted...]
-        <v>14.17x14.17x7.87</v>
+      <c r="BZ4" t="str">
+        <v>18</v>
+      </c>
+      <c r="CA4" t="str">
+        <v>Triple Roll</v>
+      </c>
+      <c r="CB4" t="str">
+        <v>Single</v>
+      </c>
+      <c r="CC4" t="str">
+        <v>6</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
-        <v>10NCX</v>
+        <v>10FCX64</v>
       </c>
       <c r="B5">
         <v>10</v>
       </c>
       <c r="C5" t="str">
-        <v>225</v>
+        <v>250</v>
       </c>
       <c r="D5" t="str">
         <v>10</v>
       </c>
       <c r="E5" t="str">
         <v>8</v>
       </c>
       <c r="F5" t="str">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="G5" t="str">
         <v>18,000</v>
       </c>
       <c r="H5" t="str">
         <v>70</v>
       </c>
       <c r="I5" t="str">
-        <v>225</v>
+        <v>250</v>
       </c>
       <c r="J5" t="str">
         <v>10</v>
       </c>
       <c r="K5" t="str">
         <v>8</v>
       </c>
       <c r="L5" t="str">
-        <v>6.8</v>
+        <v>6.4</v>
       </c>
       <c r="M5" t="str">
-        <v>200</v>
+        <v>250</v>
       </c>
       <c r="N5" t="str">
-        <v>400</v>
+        <v>500</v>
       </c>
       <c r="O5" t="str">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="P5" t="str">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="Q5" t="str">
         <v>2.5</v>
       </c>
       <c r="R5" t="str">
-        <v>Aluminium</v>
+        <v>Copper</v>
+      </c>
+      <c r="S5" t="str">
+        <v>Kapton</v>
+      </c>
+      <c r="T5" t="str">
+        <v>13</v>
+      </c>
+      <c r="U5" t="str">
+        <v>0.51</v>
+      </c>
+      <c r="V5" t="str">
+        <v>8</v>
+      </c>
+      <c r="W5" t="str">
+        <v>0.31</v>
+      </c>
+      <c r="X5" t="str">
+        <v>0.96</v>
       </c>
       <c r="Y5" t="str">
-        <v>TWP Waterproof Both Sides</v>
+        <v>WP Waterproof Front Side</v>
       </c>
       <c r="Z5" t="str">
-        <v>225</v>
+        <v>250</v>
       </c>
       <c r="AA5" t="str">
         <v>10</v>
       </c>
       <c r="AB5" t="str">
         <v>8</v>
       </c>
       <c r="AC5" t="str">
-        <v>7.3</v>
+        <v>7</v>
       </c>
       <c r="AD5" t="str">
-        <v>50</v>
+        <v>80</v>
       </c>
       <c r="AE5" t="str">
-        <v>100</v>
+        <v>160</v>
       </c>
       <c r="AF5" t="str">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="AG5" t="str">
         <v>1.2</v>
       </c>
       <c r="AH5" t="str">
         <v>65</v>
       </c>
       <c r="AI5" t="str">
         <v>2.5</v>
       </c>
       <c r="AJ5" t="str">
         <v>Aluminium</v>
       </c>
+      <c r="AK5" t="str">
+        <v>0.15</v>
+      </c>
+      <c r="AL5" t="str">
+        <v>1.6</v>
+      </c>
       <c r="AM5" t="str">
         <v>Titanium</v>
       </c>
       <c r="AN5" t="str">
-        <v>Neodymium Ring</v>
+        <v>Ferrite</v>
       </c>
       <c r="AO5" t="str">
-        <v>TWP Waterproof Both Sides</v>
+        <v>WP Waterproof Front Side</v>
       </c>
       <c r="AP5" t="str">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="AQ5" t="str">
-        <v>5.6</v>
+        <v>5.5</v>
       </c>
       <c r="AR5" t="str">
-        <v>0.35</v>
+        <v>0.44</v>
       </c>
       <c r="AS5" t="str">
-        <v>3.7</v>
+        <v>7.9</v>
       </c>
       <c r="AT5" t="str">
-        <v>0.32</v>
+        <v>0.42</v>
       </c>
       <c r="AU5" t="str">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="AV5" t="str">
-        <v>1.4</v>
+        <v>0.89</v>
       </c>
       <c r="AW5" t="str">
         <v>320</v>
       </c>
       <c r="AX5" t="str">
         <v>49.1</v>
       </c>
       <c r="AY5" t="str">
-        <v>2</v>
+        <v>1.4</v>
       </c>
       <c r="AZ5" t="str">
         <v>6</v>
       </c>
       <c r="BA5" t="str">
-        <v>28</v>
+        <v>37</v>
       </c>
       <c r="BB5" t="str">
-        <v>12.7</v>
+        <v>13.4</v>
       </c>
       <c r="BC5" t="str">
         <v>1.2</v>
       </c>
       <c r="BD5" t="str">
-        <v>163</v>
+        <v>143</v>
       </c>
       <c r="BE5" t="str">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="BF5" t="str">
         <v>10.3</v>
       </c>
       <c r="BG5" t="str">
         <v>245</v>
       </c>
       <c r="BH5" t="str">
         <v>9.6</v>
       </c>
       <c r="BI5" t="str">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="BJ5" t="str">
-        <v>9.09</v>
+        <v>9.17</v>
       </c>
       <c r="BK5" t="str">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="BL5" t="str">
-        <v>5.7</v>
+        <v>5.51</v>
       </c>
       <c r="BM5" t="str">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="BN5" t="str">
-        <v>0.55</v>
+        <v>0.43</v>
       </c>
       <c r="BO5" t="str">
-        <v>4.7</v>
+        <v>5.6</v>
       </c>
       <c r="BP5" t="str">
-        <v>10.36</v>
+        <v>12.35</v>
       </c>
       <c r="BR5" t="str">
-        <v>MMD6108M</v>
+        <v>MMD620TN8M</v>
       </c>
       <c r="BS5" t="str">
-        <v>RCK010NCX8</v>
+        <v>RCK10FCX648</v>
       </c>
       <c r="BT5" t="str">
         <v>1</v>
       </c>
       <c r="BU5" t="str">
-        <v>5.6</v>
+        <v>6.5</v>
       </c>
       <c r="BV5" t="str">
-        <v>12.35</v>
+        <v>14.33</v>
       </c>
       <c r="BW5" t="str">
         <v>360x360x200</v>
       </c>
       <c r="BX5" t="str">
         <v>14.17x14.17x7.87</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
-        <v>12CLX64</v>
+        <v>10NCX</v>
       </c>
       <c r="B6">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="C6" t="str">
-        <v>320</v>
+        <v>225</v>
       </c>
       <c r="D6" t="str">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E6" t="str">
         <v>8</v>
       </c>
       <c r="F6" t="str">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="G6" t="str">
         <v>18,000</v>
       </c>
       <c r="H6" t="str">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="I6" t="str">
-        <v>320</v>
+        <v>225</v>
       </c>
       <c r="J6" t="str">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="K6" t="str">
         <v>8</v>
       </c>
       <c r="L6" t="str">
-        <v>6.6</v>
+        <v>6.8</v>
       </c>
       <c r="M6" t="str">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="N6" t="str">
-        <v>500</v>
+        <v>400</v>
       </c>
       <c r="O6" t="str">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="P6" t="str">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="Q6" t="str">
         <v>2.5</v>
       </c>
       <c r="R6" t="str">
-        <v>Copper</v>
-[...17 lines deleted...]
-        <v>0.9</v>
+        <v>Aluminium</v>
       </c>
       <c r="Y6" t="str">
-        <v>WP Waterproof Front Side</v>
+        <v>TWP Waterproof Both Sides</v>
       </c>
       <c r="Z6" t="str">
-        <v>320</v>
+        <v>225</v>
       </c>
       <c r="AA6" t="str">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="AB6" t="str">
         <v>8</v>
       </c>
       <c r="AC6" t="str">
-        <v>7.8</v>
+        <v>7.3</v>
       </c>
       <c r="AD6" t="str">
-        <v>70</v>
+        <v>50</v>
       </c>
       <c r="AE6" t="str">
-        <v>140</v>
+        <v>100</v>
       </c>
       <c r="AF6" t="str">
         <v>106</v>
       </c>
       <c r="AG6" t="str">
         <v>1.2</v>
       </c>
       <c r="AH6" t="str">
-        <v>51</v>
+        <v>65</v>
       </c>
       <c r="AI6" t="str">
-        <v>2</v>
+        <v>2.5</v>
       </c>
       <c r="AJ6" t="str">
-        <v>Aluminum</v>
-[...5 lines deleted...]
-        <v>1.6</v>
+        <v>Aluminium</v>
       </c>
       <c r="AM6" t="str">
-        <v>HT Polymer</v>
+        <v>Titanium</v>
       </c>
       <c r="AN6" t="str">
         <v>Neodymium Ring</v>
       </c>
       <c r="AO6" t="str">
-        <v>WP Waterproof Front Side</v>
+        <v>TWP Waterproof Both Sides</v>
       </c>
       <c r="AP6" t="str">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="AQ6" t="str">
         <v>5.6</v>
       </c>
       <c r="AR6" t="str">
-        <v>0.61</v>
+        <v>0.35</v>
       </c>
       <c r="AS6" t="str">
-        <v>10.1</v>
+        <v>3.7</v>
       </c>
       <c r="AT6" t="str">
-        <v>0.57</v>
+        <v>0.32</v>
       </c>
       <c r="AU6" t="str">
-        <v>74</v>
+        <v>40</v>
       </c>
       <c r="AV6" t="str">
-        <v>2.61</v>
+        <v>1.4</v>
       </c>
       <c r="AW6" t="str">
-        <v>522</v>
+        <v>320</v>
       </c>
       <c r="AX6" t="str">
-        <v>80.91</v>
+        <v>49.1</v>
       </c>
       <c r="AY6" t="str">
-        <v>1.82</v>
+        <v>2</v>
       </c>
       <c r="AZ6" t="str">
-        <v>5.5</v>
+        <v>6</v>
       </c>
       <c r="BA6" t="str">
-        <v>45.3</v>
+        <v>28</v>
       </c>
       <c r="BB6" t="str">
-        <v>11.86</v>
+        <v>12.7</v>
       </c>
       <c r="BC6" t="str">
-        <v>0.54</v>
+        <v>1.2</v>
       </c>
       <c r="BD6" t="str">
-        <v>89</v>
+        <v>163</v>
       </c>
       <c r="BE6" t="str">
-        <v>313</v>
+        <v>262</v>
       </c>
       <c r="BF6" t="str">
-        <v>12.32</v>
+        <v>10.3</v>
       </c>
       <c r="BG6" t="str">
-        <v>298</v>
+        <v>245</v>
       </c>
       <c r="BH6" t="str">
-        <v>11.73</v>
+        <v>9.6</v>
       </c>
       <c r="BI6" t="str">
-        <v>282</v>
+        <v>231</v>
       </c>
       <c r="BJ6" t="str">
-        <v>11.1</v>
+        <v>9.09</v>
       </c>
       <c r="BK6" t="str">
-        <v>164</v>
+        <v>144</v>
       </c>
       <c r="BL6" t="str">
-        <v>6.46</v>
+        <v>5.7</v>
       </c>
       <c r="BM6" t="str">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="BN6" t="str">
-        <v>0.35</v>
+        <v>0.55</v>
       </c>
       <c r="BO6" t="str">
-        <v>3.2</v>
+        <v>4.7</v>
       </c>
       <c r="BP6" t="str">
-        <v>7.05</v>
+        <v>10.36</v>
       </c>
       <c r="BR6" t="str">
-        <v>MMD5508</v>
+        <v>MMD6108M</v>
       </c>
       <c r="BS6" t="str">
-        <v>RCK12CLX648</v>
+        <v>RCK010NCX8</v>
       </c>
       <c r="BT6" t="str">
         <v>1</v>
       </c>
       <c r="BU6" t="str">
-        <v>4.5</v>
+        <v>5.6</v>
       </c>
       <c r="BV6" t="str">
-        <v>9.92</v>
+        <v>12.35</v>
       </c>
       <c r="BW6" t="str">
-        <v>425x425x224</v>
+        <v>360x360x200</v>
       </c>
       <c r="BX6" t="str">
-        <v>16.73x16.73x8.82</v>
+        <v>14.17x14.17x7.87</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
-        <v>12CX32</v>
+        <v>12CLX64</v>
       </c>
       <c r="B7">
         <v>12</v>
       </c>
       <c r="C7" t="str">
         <v>320</v>
       </c>
       <c r="D7" t="str">
         <v>12</v>
       </c>
       <c r="E7" t="str">
         <v>8</v>
       </c>
       <c r="F7" t="str">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="G7" t="str">
-        <v>20,000</v>
+        <v>18,000</v>
       </c>
       <c r="H7" t="str">
-        <v>80</v>
+        <v>60</v>
       </c>
       <c r="I7" t="str">
         <v>320</v>
       </c>
       <c r="J7" t="str">
         <v>12</v>
       </c>
       <c r="K7" t="str">
         <v>8</v>
       </c>
       <c r="L7" t="str">
-        <v>6.2</v>
+        <v>6.6</v>
       </c>
       <c r="M7" t="str">
-        <v>350</v>
+        <v>250</v>
       </c>
       <c r="N7" t="str">
-        <v>700</v>
+        <v>500</v>
       </c>
       <c r="O7" t="str">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="P7" t="str">
-        <v>76</v>
+        <v>64</v>
       </c>
       <c r="Q7" t="str">
-        <v>3</v>
+        <v>2.5</v>
       </c>
       <c r="R7" t="str">
-        <v>Aluminium</v>
+        <v>Copper</v>
+      </c>
+      <c r="S7" t="str">
+        <v>Kapton</v>
+      </c>
+      <c r="T7" t="str">
+        <v>14.5</v>
+      </c>
+      <c r="U7" t="str">
+        <v>0.57</v>
+      </c>
+      <c r="V7" t="str">
+        <v>8</v>
+      </c>
+      <c r="W7" t="str">
+        <v>0.31</v>
+      </c>
+      <c r="X7" t="str">
+        <v>0.9</v>
       </c>
       <c r="Y7" t="str">
         <v>WP Waterproof Front Side</v>
       </c>
       <c r="Z7" t="str">
         <v>320</v>
       </c>
       <c r="AA7" t="str">
         <v>12</v>
       </c>
       <c r="AB7" t="str">
         <v>8</v>
       </c>
       <c r="AC7" t="str">
         <v>7.8</v>
       </c>
       <c r="AD7" t="str">
-        <v>80</v>
+        <v>70</v>
       </c>
       <c r="AE7" t="str">
-        <v>160</v>
+        <v>140</v>
       </c>
       <c r="AF7" t="str">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="AG7" t="str">
         <v>1.2</v>
       </c>
       <c r="AH7" t="str">
-        <v>75</v>
+        <v>51</v>
       </c>
       <c r="AI7" t="str">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AJ7" t="str">
-        <v>Aluminium</v>
+        <v>Aluminum</v>
+      </c>
+      <c r="AK7" t="str">
+        <v>0.14</v>
+      </c>
+      <c r="AL7" t="str">
+        <v>1.6</v>
       </c>
       <c r="AM7" t="str">
-        <v>Titanium</v>
+        <v>HT Polymer</v>
       </c>
       <c r="AN7" t="str">
-        <v>Ceramic</v>
+        <v>Neodymium Ring</v>
       </c>
       <c r="AO7" t="str">
         <v>WP Waterproof Front Side</v>
       </c>
       <c r="AP7" t="str">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="AQ7" t="str">
-        <v>5.1</v>
+        <v>5.6</v>
       </c>
       <c r="AR7" t="str">
-        <v>0.3</v>
+        <v>0.61</v>
       </c>
       <c r="AS7" t="str">
-        <v>5.2</v>
+        <v>10.1</v>
       </c>
       <c r="AT7" t="str">
-        <v>0.28</v>
+        <v>0.57</v>
       </c>
       <c r="AU7" t="str">
-        <v>79</v>
+        <v>74</v>
       </c>
       <c r="AV7" t="str">
-        <v>2.8</v>
+        <v>2.61</v>
       </c>
       <c r="AW7" t="str">
         <v>522</v>
       </c>
       <c r="AX7" t="str">
-        <v>80.9</v>
+        <v>80.91</v>
       </c>
       <c r="AY7" t="str">
-        <v>4.7</v>
+        <v>1.82</v>
       </c>
       <c r="AZ7" t="str">
-        <v>6</v>
+        <v>5.5</v>
       </c>
       <c r="BA7" t="str">
-        <v>38</v>
+        <v>45.3</v>
       </c>
       <c r="BB7" t="str">
-        <v>15.3</v>
+        <v>11.86</v>
       </c>
       <c r="BC7" t="str">
-        <v>1.2</v>
+        <v>0.54</v>
       </c>
       <c r="BD7" t="str">
-        <v>190</v>
+        <v>89</v>
       </c>
       <c r="BE7" t="str">
-        <v>316</v>
+        <v>313</v>
       </c>
       <c r="BF7" t="str">
-        <v>12.4</v>
+        <v>12.32</v>
       </c>
       <c r="BG7" t="str">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="BH7" t="str">
-        <v>11.6</v>
+        <v>11.73</v>
       </c>
       <c r="BI7" t="str">
         <v>282</v>
       </c>
       <c r="BJ7" t="str">
         <v>11.1</v>
       </c>
       <c r="BK7" t="str">
-        <v>190</v>
+        <v>164</v>
       </c>
       <c r="BL7" t="str">
-        <v>7.5</v>
+        <v>6.46</v>
       </c>
       <c r="BM7" t="str">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="BN7" t="str">
-        <v>0.62</v>
+        <v>0.35</v>
       </c>
       <c r="BO7" t="str">
-        <v>11.1</v>
+        <v>3.2</v>
       </c>
       <c r="BP7" t="str">
-        <v>24.47</v>
+        <v>7.05</v>
       </c>
       <c r="BR7" t="str">
-        <v>MMD3A8</v>
+        <v>MMD5508</v>
       </c>
       <c r="BS7" t="str">
-        <v>RCK012CX328</v>
+        <v>RCK12CLX648</v>
       </c>
       <c r="BT7" t="str">
         <v>1</v>
       </c>
       <c r="BU7" t="str">
-        <v>12.4</v>
+        <v>4.5</v>
       </c>
       <c r="BV7" t="str">
-        <v>27.34</v>
+        <v>9.92</v>
       </c>
       <c r="BW7" t="str">
         <v>425x425x224</v>
       </c>
       <c r="BX7" t="str">
         <v>16.73x16.73x8.82</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
-        <v>12CXB</v>
+        <v>12CX32</v>
       </c>
       <c r="B8">
         <v>12</v>
       </c>
+      <c r="C8" t="str">
+        <v>320</v>
+      </c>
+      <c r="D8" t="str">
+        <v>12</v>
+      </c>
       <c r="E8" t="str">
         <v>8</v>
       </c>
+      <c r="F8" t="str">
+        <v>55</v>
+      </c>
+      <c r="G8" t="str">
+        <v>20,000</v>
+      </c>
+      <c r="H8" t="str">
+        <v>80</v>
+      </c>
+      <c r="I8" t="str">
+        <v>320</v>
+      </c>
+      <c r="J8" t="str">
+        <v>12</v>
+      </c>
       <c r="K8" t="str">
         <v>8</v>
       </c>
+      <c r="L8" t="str">
+        <v>6.2</v>
+      </c>
+      <c r="M8" t="str">
+        <v>350</v>
+      </c>
+      <c r="N8" t="str">
+        <v>700</v>
+      </c>
+      <c r="O8" t="str">
+        <v>99</v>
+      </c>
+      <c r="P8" t="str">
+        <v>76</v>
+      </c>
+      <c r="Q8" t="str">
+        <v>3</v>
+      </c>
+      <c r="R8" t="str">
+        <v>Aluminium</v>
+      </c>
+      <c r="Y8" t="str">
+        <v>WP Waterproof Front Side</v>
+      </c>
+      <c r="Z8" t="str">
+        <v>320</v>
+      </c>
+      <c r="AA8" t="str">
+        <v>12</v>
+      </c>
       <c r="AB8" t="str">
         <v>8</v>
       </c>
+      <c r="AC8" t="str">
+        <v>7.8</v>
+      </c>
+      <c r="AD8" t="str">
+        <v>80</v>
+      </c>
+      <c r="AE8" t="str">
+        <v>160</v>
+      </c>
+      <c r="AF8" t="str">
+        <v>105</v>
+      </c>
+      <c r="AG8" t="str">
+        <v>1.2</v>
+      </c>
+      <c r="AH8" t="str">
+        <v>75</v>
+      </c>
+      <c r="AI8" t="str">
+        <v>3</v>
+      </c>
+      <c r="AJ8" t="str">
+        <v>Aluminium</v>
+      </c>
+      <c r="AM8" t="str">
+        <v>Titanium</v>
+      </c>
+      <c r="AN8" t="str">
+        <v>Ceramic</v>
+      </c>
+      <c r="AO8" t="str">
+        <v>WP Waterproof Front Side</v>
+      </c>
+      <c r="AP8" t="str">
+        <v>57</v>
+      </c>
+      <c r="AQ8" t="str">
+        <v>5.1</v>
+      </c>
+      <c r="AR8" t="str">
+        <v>0.3</v>
+      </c>
+      <c r="AS8" t="str">
+        <v>5.2</v>
+      </c>
+      <c r="AT8" t="str">
+        <v>0.28</v>
+      </c>
+      <c r="AU8" t="str">
+        <v>79</v>
+      </c>
+      <c r="AV8" t="str">
+        <v>2.8</v>
+      </c>
+      <c r="AW8" t="str">
+        <v>522</v>
+      </c>
+      <c r="AX8" t="str">
+        <v>80.9</v>
+      </c>
+      <c r="AY8" t="str">
+        <v>4.7</v>
+      </c>
+      <c r="AZ8" t="str">
+        <v>6</v>
+      </c>
+      <c r="BA8" t="str">
+        <v>38</v>
+      </c>
+      <c r="BB8" t="str">
+        <v>15.3</v>
+      </c>
+      <c r="BC8" t="str">
+        <v>1.2</v>
+      </c>
+      <c r="BD8" t="str">
+        <v>190</v>
+      </c>
+      <c r="BE8" t="str">
+        <v>316</v>
+      </c>
+      <c r="BF8" t="str">
+        <v>12.4</v>
+      </c>
+      <c r="BG8" t="str">
+        <v>296</v>
+      </c>
+      <c r="BH8" t="str">
+        <v>11.6</v>
+      </c>
+      <c r="BI8" t="str">
+        <v>282</v>
+      </c>
+      <c r="BJ8" t="str">
+        <v>11.1</v>
+      </c>
+      <c r="BK8" t="str">
+        <v>190</v>
+      </c>
+      <c r="BL8" t="str">
+        <v>7.5</v>
+      </c>
+      <c r="BM8" t="str">
+        <v>16</v>
+      </c>
+      <c r="BN8" t="str">
+        <v>0.62</v>
+      </c>
+      <c r="BO8" t="str">
+        <v>11.1</v>
+      </c>
+      <c r="BP8" t="str">
+        <v>24.47</v>
+      </c>
       <c r="BR8" t="str">
-        <v>MMDDE1608</v>
+        <v>MMD3A8</v>
       </c>
       <c r="BS8" t="str">
-        <v>RCK012CX8B</v>
+        <v>RCK012CX328</v>
+      </c>
+      <c r="BT8" t="str">
+        <v>1</v>
+      </c>
+      <c r="BU8" t="str">
+        <v>12.4</v>
+      </c>
+      <c r="BV8" t="str">
+        <v>27.34</v>
+      </c>
+      <c r="BW8" t="str">
+        <v>425x425x224</v>
+      </c>
+      <c r="BX8" t="str">
+        <v>16.73x16.73x8.82</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
-        <v>12CXL</v>
+        <v>12CXB</v>
       </c>
       <c r="B9">
         <v>12</v>
       </c>
       <c r="E9" t="str">
         <v>8</v>
       </c>
       <c r="K9" t="str">
         <v>8</v>
       </c>
       <c r="AB9" t="str">
         <v>8</v>
       </c>
       <c r="BR9" t="str">
-        <v>MMD0128</v>
+        <v>MMDDE1608</v>
       </c>
       <c r="BS9" t="str">
-        <v>RCK012CXL8</v>
+        <v>RCK012CX8B</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
-        <v>12CXN76</v>
+        <v>12CXL</v>
       </c>
       <c r="B10">
         <v>12</v>
       </c>
-      <c r="C10" t="str">
-[...4 lines deleted...]
-      </c>
       <c r="E10" t="str">
         <v>8</v>
       </c>
-      <c r="F10" t="str">
-[...13 lines deleted...]
-      </c>
       <c r="K10" t="str">
         <v>8</v>
       </c>
-      <c r="L10" t="str">
-[...46 lines deleted...]
-      </c>
       <c r="AB10" t="str">
         <v>8</v>
       </c>
-      <c r="AC10" t="str">
-[...118 lines deleted...]
-      </c>
       <c r="BR10" t="str">
-        <v>MMD9028M</v>
+        <v>MMD0128</v>
       </c>
       <c r="BS10" t="str">
-        <v>RCK12CXN768</v>
-[...14 lines deleted...]
-        <v>16.73x16.73x8.82</v>
+        <v>RCK012CXL8</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
-        <v>12CXN88</v>
+        <v>12CXN76</v>
       </c>
       <c r="B11">
         <v>12</v>
       </c>
       <c r="C11" t="str">
         <v>320</v>
       </c>
       <c r="D11" t="str">
         <v>12</v>
       </c>
       <c r="E11" t="str">
         <v>8</v>
       </c>
       <c r="F11" t="str">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="G11" t="str">
         <v>18,000</v>
       </c>
       <c r="H11" t="str">
         <v>80</v>
       </c>
       <c r="I11" t="str">
         <v>320</v>
       </c>
       <c r="J11" t="str">
         <v>12</v>
       </c>
       <c r="K11" t="str">
         <v>8</v>
       </c>
       <c r="L11" t="str">
-        <v>6.6</v>
+        <v>6.5</v>
       </c>
       <c r="M11" t="str">
-        <v>500</v>
+        <v>350</v>
       </c>
       <c r="N11" t="str">
-        <v>1,000</v>
+        <v>700</v>
       </c>
       <c r="O11" t="str">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="P11" t="str">
-        <v>88</v>
+        <v>76</v>
       </c>
       <c r="Q11" t="str">
-        <v>3.5</v>
+        <v>3</v>
       </c>
       <c r="R11" t="str">
-        <v>Aluminium</v>
+        <v>Copper</v>
       </c>
       <c r="S11" t="str">
         <v>Glass Fibre</v>
       </c>
       <c r="T11" t="str">
-        <v>21.5</v>
+        <v>16.2</v>
       </c>
       <c r="U11" t="str">
-        <v>0.85</v>
+        <v>0.64</v>
       </c>
       <c r="V11" t="str">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="W11" t="str">
-        <v>0.43</v>
+        <v>0.31</v>
       </c>
       <c r="X11" t="str">
-        <v>1.05</v>
+        <v>1.15</v>
       </c>
       <c r="Y11" t="str">
         <v>WP Waterproof Front Side</v>
       </c>
       <c r="Z11" t="str">
         <v>320</v>
       </c>
       <c r="AA11" t="str">
         <v>12</v>
       </c>
       <c r="AB11" t="str">
         <v>8</v>
       </c>
       <c r="AC11" t="str">
-        <v>8.5</v>
+        <v>8</v>
       </c>
       <c r="AD11" t="str">
         <v>80</v>
       </c>
       <c r="AE11" t="str">
         <v>160</v>
       </c>
       <c r="AF11" t="str">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="AG11" t="str">
         <v>1.2</v>
       </c>
       <c r="AH11" t="str">
         <v>75</v>
       </c>
       <c r="AI11" t="str">
         <v>3</v>
       </c>
       <c r="AJ11" t="str">
         <v>Aluminium</v>
       </c>
       <c r="AK11" t="str">
         <v>0.14</v>
       </c>
       <c r="AL11" t="str">
-        <v>1.75</v>
+        <v>1.9</v>
       </c>
       <c r="AM11" t="str">
-        <v>Titanium</v>
+        <v>Polyester/Titanium</v>
       </c>
       <c r="AN11" t="str">
         <v>Neodymium Ring</v>
       </c>
       <c r="AO11" t="str">
         <v>WP Waterproof Front Side</v>
       </c>
       <c r="AP11" t="str">
-        <v>50</v>
+        <v>42</v>
       </c>
       <c r="AQ11" t="str">
         <v>5</v>
       </c>
       <c r="AR11" t="str">
-        <v>0.23</v>
+        <v>0.2</v>
       </c>
       <c r="AS11" t="str">
-        <v>8.3</v>
+        <v>8</v>
       </c>
       <c r="AT11" t="str">
-        <v>0.22</v>
+        <v>0.19</v>
       </c>
       <c r="AU11" t="str">
-        <v>59</v>
+        <v>120</v>
       </c>
       <c r="AV11" t="str">
-        <v>2.08</v>
+        <v>4.2</v>
       </c>
       <c r="AW11" t="str">
         <v>522</v>
       </c>
       <c r="AX11" t="str">
-        <v>80.91</v>
+        <v>80.9</v>
       </c>
       <c r="AY11" t="str">
-        <v>3.6</v>
+        <v>4.1</v>
       </c>
       <c r="AZ11" t="str">
-        <v>10.5</v>
+        <v>6</v>
       </c>
       <c r="BA11" t="str">
-        <v>60</v>
+        <v>47</v>
       </c>
       <c r="BB11" t="str">
-        <v>20.9</v>
+        <v>17.6</v>
       </c>
       <c r="BC11" t="str">
-        <v>1.05</v>
+        <v>0.8</v>
       </c>
       <c r="BD11" t="str">
-        <v>217</v>
+        <v>210</v>
       </c>
       <c r="BE11" t="str">
         <v>315</v>
       </c>
       <c r="BF11" t="str">
         <v>12.4</v>
       </c>
       <c r="BG11" t="str">
         <v>298</v>
       </c>
       <c r="BH11" t="str">
         <v>11.7</v>
       </c>
       <c r="BI11" t="str">
-        <v>284</v>
+        <v>282</v>
       </c>
       <c r="BJ11" t="str">
-        <v>11.18</v>
+        <v>11.1</v>
       </c>
       <c r="BK11" t="str">
-        <v>178</v>
+        <v>170</v>
       </c>
       <c r="BL11" t="str">
-        <v>7.01</v>
+        <v>6.7</v>
       </c>
       <c r="BM11" t="str">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="BN11" t="str">
-        <v>0.51</v>
+        <v>0.55</v>
       </c>
       <c r="BO11" t="str">
-        <v>6.85</v>
+        <v>5.1</v>
       </c>
       <c r="BP11" t="str">
-        <v>15.1</v>
+        <v>11.24</v>
       </c>
       <c r="BR11" t="str">
-        <v>MMD3DTN8M</v>
+        <v>MMD9028M</v>
       </c>
       <c r="BS11" t="str">
-        <v>RCK12CXN888</v>
+        <v>RCK12CXN768</v>
       </c>
       <c r="BT11" t="str">
         <v>1</v>
       </c>
       <c r="BU11" t="str">
-        <v>8.15</v>
+        <v>6.4</v>
       </c>
       <c r="BV11" t="str">
-        <v>17.97</v>
+        <v>14.11</v>
       </c>
       <c r="BW11" t="str">
         <v>425x425x224</v>
       </c>
       <c r="BX11" t="str">
         <v>16.73x16.73x8.82</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
-        <v>12CXT</v>
+        <v>12CXN88</v>
       </c>
       <c r="B12">
         <v>12</v>
       </c>
       <c r="C12" t="str">
         <v>320</v>
       </c>
       <c r="D12" t="str">
         <v>12</v>
       </c>
       <c r="E12" t="str">
         <v>8</v>
       </c>
       <c r="F12" t="str">
         <v>50</v>
       </c>
       <c r="G12" t="str">
-        <v>20,000</v>
+        <v>18,000</v>
       </c>
       <c r="H12" t="str">
-        <v>90</v>
+        <v>80</v>
       </c>
       <c r="I12" t="str">
         <v>320</v>
       </c>
       <c r="J12" t="str">
         <v>12</v>
       </c>
       <c r="K12" t="str">
         <v>8</v>
       </c>
       <c r="L12" t="str">
-        <v>6</v>
+        <v>6.6</v>
       </c>
       <c r="M12" t="str">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="N12" t="str">
-        <v>400</v>
+        <v>1,000</v>
       </c>
       <c r="O12" t="str">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="P12" t="str">
-        <v>51</v>
+        <v>88</v>
       </c>
       <c r="Q12" t="str">
-        <v>2</v>
+        <v>3.5</v>
       </c>
       <c r="R12" t="str">
-        <v>Copper</v>
+        <v>Aluminium</v>
+      </c>
+      <c r="S12" t="str">
+        <v>Glass Fibre</v>
+      </c>
+      <c r="T12" t="str">
+        <v>21.5</v>
+      </c>
+      <c r="U12" t="str">
+        <v>0.85</v>
+      </c>
+      <c r="V12" t="str">
+        <v>11</v>
+      </c>
+      <c r="W12" t="str">
+        <v>0.43</v>
+      </c>
+      <c r="X12" t="str">
+        <v>1.05</v>
       </c>
       <c r="Y12" t="str">
         <v>WP Waterproof Front Side</v>
       </c>
       <c r="Z12" t="str">
         <v>320</v>
       </c>
       <c r="AA12" t="str">
         <v>12</v>
       </c>
       <c r="AB12" t="str">
         <v>8</v>
       </c>
       <c r="AC12" t="str">
-        <v>7.3</v>
+        <v>8.5</v>
       </c>
       <c r="AD12" t="str">
-        <v>25</v>
+        <v>80</v>
       </c>
       <c r="AE12" t="str">
-        <v>50</v>
+        <v>160</v>
       </c>
       <c r="AF12" t="str">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="AG12" t="str">
-        <v>2.2</v>
+        <v>1.2</v>
       </c>
       <c r="AH12" t="str">
-        <v>36</v>
+        <v>75</v>
       </c>
       <c r="AI12" t="str">
-        <v>1.4</v>
+        <v>3</v>
       </c>
       <c r="AJ12" t="str">
         <v>Aluminium</v>
       </c>
+      <c r="AK12" t="str">
+        <v>0.14</v>
+      </c>
+      <c r="AL12" t="str">
+        <v>1.75</v>
+      </c>
       <c r="AM12" t="str">
-        <v>Mylar</v>
+        <v>Titanium</v>
       </c>
       <c r="AN12" t="str">
-        <v>Ceramic</v>
+        <v>Neodymium Ring</v>
       </c>
       <c r="AO12" t="str">
         <v>WP Waterproof Front Side</v>
       </c>
       <c r="AP12" t="str">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AQ12" t="str">
-        <v>5.3</v>
+        <v>5</v>
       </c>
       <c r="AR12" t="str">
-        <v>0.35</v>
+        <v>0.23</v>
       </c>
       <c r="AS12" t="str">
-        <v>3.9</v>
+        <v>8.3</v>
       </c>
       <c r="AT12" t="str">
-        <v>0.32</v>
+        <v>0.22</v>
       </c>
       <c r="AU12" t="str">
-        <v>91</v>
+        <v>59</v>
       </c>
       <c r="AV12" t="str">
-        <v>3.2</v>
+        <v>2.08</v>
       </c>
       <c r="AW12" t="str">
         <v>522</v>
       </c>
       <c r="AX12" t="str">
-        <v>80.9</v>
+        <v>80.91</v>
       </c>
       <c r="AY12" t="str">
-        <v>3.1</v>
+        <v>3.6</v>
       </c>
       <c r="AZ12" t="str">
-        <v>5.5</v>
+        <v>10.5</v>
       </c>
       <c r="BA12" t="str">
-        <v>43</v>
+        <v>60</v>
       </c>
       <c r="BB12" t="str">
-        <v>14.4</v>
+        <v>20.9</v>
       </c>
       <c r="BC12" t="str">
-        <v>1.2</v>
+        <v>1.05</v>
       </c>
       <c r="BD12" t="str">
-        <v>140</v>
+        <v>217</v>
       </c>
       <c r="BE12" t="str">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="BF12" t="str">
         <v>12.4</v>
       </c>
       <c r="BG12" t="str">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="BH12" t="str">
-        <v>11.6</v>
+        <v>11.7</v>
       </c>
       <c r="BI12" t="str">
         <v>284</v>
       </c>
       <c r="BJ12" t="str">
-        <v>11.2</v>
+        <v>11.18</v>
       </c>
       <c r="BK12" t="str">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="BL12" t="str">
-        <v>7.05</v>
+        <v>7.01</v>
       </c>
       <c r="BM12" t="str">
         <v>13</v>
       </c>
       <c r="BN12" t="str">
-        <v>0.5</v>
+        <v>0.51</v>
       </c>
       <c r="BO12" t="str">
-        <v>5.3</v>
+        <v>6.85</v>
       </c>
       <c r="BP12" t="str">
-        <v>11.68</v>
+        <v>15.1</v>
       </c>
       <c r="BR12" t="str">
-        <v>MMD0128</v>
+        <v>MMD3DTN8M</v>
       </c>
       <c r="BS12" t="str">
-        <v>RCK012CXT8</v>
+        <v>RCK12CXN888</v>
+      </c>
+      <c r="BT12" t="str">
+        <v>1</v>
       </c>
       <c r="BU12" t="str">
-        <v>6.6</v>
+        <v>8.15</v>
       </c>
       <c r="BV12" t="str">
-        <v>14.55</v>
+        <v>17.97</v>
       </c>
       <c r="BW12" t="str">
         <v>425x425x224</v>
       </c>
       <c r="BX12" t="str">
         <v>16.73x16.73x8.82</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
-        <v>12FCX76</v>
+        <v>12CXT</v>
       </c>
       <c r="B13">
         <v>12</v>
       </c>
       <c r="C13" t="str">
         <v>320</v>
       </c>
       <c r="D13" t="str">
         <v>12</v>
       </c>
       <c r="E13" t="str">
         <v>8</v>
       </c>
       <c r="F13" t="str">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="G13" t="str">
-        <v>18,000</v>
+        <v>20,000</v>
       </c>
       <c r="H13" t="str">
-        <v>80</v>
+        <v>90</v>
       </c>
       <c r="I13" t="str">
         <v>320</v>
       </c>
       <c r="J13" t="str">
         <v>12</v>
       </c>
       <c r="K13" t="str">
         <v>8</v>
       </c>
       <c r="L13" t="str">
-        <v>6.3</v>
+        <v>6</v>
       </c>
       <c r="M13" t="str">
-        <v>350</v>
+        <v>200</v>
       </c>
       <c r="N13" t="str">
-        <v>700</v>
+        <v>400</v>
       </c>
       <c r="O13" t="str">
         <v>98</v>
       </c>
       <c r="P13" t="str">
-        <v>76</v>
+        <v>51</v>
       </c>
       <c r="Q13" t="str">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R13" t="str">
         <v>Copper</v>
       </c>
-      <c r="S13" t="str">
-[...16 lines deleted...]
-      </c>
       <c r="Y13" t="str">
         <v>WP Waterproof Front Side</v>
       </c>
       <c r="Z13" t="str">
         <v>320</v>
       </c>
       <c r="AA13" t="str">
         <v>12</v>
       </c>
       <c r="AB13" t="str">
         <v>8</v>
       </c>
       <c r="AC13" t="str">
-        <v>7.8</v>
+        <v>7.3</v>
       </c>
       <c r="AD13" t="str">
-        <v>80</v>
+        <v>25</v>
       </c>
       <c r="AE13" t="str">
-        <v>160</v>
+        <v>50</v>
       </c>
       <c r="AF13" t="str">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="AG13" t="str">
-        <v>1.2</v>
+        <v>2.2</v>
       </c>
       <c r="AH13" t="str">
-        <v>75</v>
+        <v>36</v>
       </c>
       <c r="AI13" t="str">
-        <v>3</v>
+        <v>1.4</v>
       </c>
       <c r="AJ13" t="str">
         <v>Aluminium</v>
       </c>
-      <c r="AK13" t="str">
-[...4 lines deleted...]
-      </c>
       <c r="AM13" t="str">
-        <v>Titanium</v>
+        <v>Mylar</v>
       </c>
       <c r="AN13" t="str">
-        <v>Ferrite</v>
+        <v>Ceramic</v>
       </c>
       <c r="AO13" t="str">
         <v>WP Waterproof Front Side</v>
       </c>
       <c r="AP13" t="str">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="AQ13" t="str">
         <v>5.3</v>
       </c>
       <c r="AR13" t="str">
         <v>0.35</v>
       </c>
       <c r="AS13" t="str">
-        <v>11</v>
+        <v>3.9</v>
       </c>
       <c r="AT13" t="str">
-        <v>0.34</v>
+        <v>0.32</v>
       </c>
       <c r="AU13" t="str">
-        <v>82</v>
+        <v>91</v>
       </c>
       <c r="AV13" t="str">
-        <v>2.98</v>
+        <v>3.2</v>
       </c>
       <c r="AW13" t="str">
         <v>522</v>
       </c>
       <c r="AX13" t="str">
         <v>80.9</v>
       </c>
       <c r="AY13" t="str">
-        <v>2.3</v>
+        <v>3.1</v>
       </c>
       <c r="AZ13" t="str">
-        <v>5</v>
+        <v>5.5</v>
       </c>
       <c r="BA13" t="str">
-        <v>54</v>
+        <v>43</v>
       </c>
       <c r="BB13" t="str">
-        <v>15.6</v>
+        <v>14.4</v>
       </c>
       <c r="BC13" t="str">
-        <v>1.3</v>
+        <v>1.2</v>
       </c>
       <c r="BD13" t="str">
-        <v>134</v>
+        <v>140</v>
       </c>
       <c r="BE13" t="str">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="BF13" t="str">
-        <v>12.5</v>
+        <v>12.4</v>
       </c>
       <c r="BG13" t="str">
-        <v>298</v>
+        <v>296</v>
       </c>
       <c r="BH13" t="str">
-        <v>11.7</v>
+        <v>11.6</v>
       </c>
       <c r="BI13" t="str">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="BJ13" t="str">
-        <v>11.1</v>
+        <v>11.2</v>
       </c>
       <c r="BK13" t="str">
-        <v>169</v>
+        <v>179</v>
       </c>
       <c r="BL13" t="str">
-        <v>6.65</v>
+        <v>7.05</v>
       </c>
       <c r="BM13" t="str">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="BN13" t="str">
-        <v>0.55</v>
+        <v>0.5</v>
       </c>
       <c r="BO13" t="str">
-        <v>8.25</v>
+        <v>5.3</v>
       </c>
       <c r="BP13" t="str">
-        <v>18.19</v>
+        <v>11.68</v>
       </c>
       <c r="BR13" t="str">
-        <v>MMD3BTN8M</v>
+        <v>MMD0128</v>
       </c>
       <c r="BS13" t="str">
-        <v>RCK12FCX768</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>RCK012CXT8</v>
       </c>
       <c r="BU13" t="str">
-        <v>9.55</v>
+        <v>6.6</v>
       </c>
       <c r="BV13" t="str">
-        <v>21.05</v>
+        <v>14.55</v>
       </c>
       <c r="BW13" t="str">
         <v>425x425x224</v>
       </c>
       <c r="BX13" t="str">
         <v>16.73x16.73x8.82</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
-        <v>12FHX76</v>
+        <v>12FCX76</v>
       </c>
       <c r="B14">
         <v>12</v>
       </c>
       <c r="C14" t="str">
         <v>320</v>
       </c>
       <c r="D14" t="str">
         <v>12</v>
       </c>
       <c r="E14" t="str">
         <v>8</v>
       </c>
       <c r="F14" t="str">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="G14" t="str">
         <v>18,000</v>
       </c>
       <c r="H14" t="str">
-        <v>60</v>
+        <v>80</v>
       </c>
       <c r="I14" t="str">
         <v>320</v>
       </c>
       <c r="J14" t="str">
         <v>12</v>
       </c>
       <c r="K14" t="str">
         <v>8</v>
       </c>
       <c r="L14" t="str">
-        <v>6</v>
+        <v>6.3</v>
       </c>
       <c r="M14" t="str">
         <v>350</v>
       </c>
       <c r="N14" t="str">
         <v>700</v>
       </c>
       <c r="O14" t="str">
         <v>98</v>
       </c>
       <c r="P14" t="str">
         <v>76</v>
       </c>
       <c r="Q14" t="str">
         <v>3</v>
       </c>
       <c r="R14" t="str">
         <v>Copper</v>
       </c>
       <c r="S14" t="str">
         <v>Glass Fibre</v>
       </c>
       <c r="T14" t="str">
         <v>16.5</v>
       </c>
@@ -3011,3100 +3014,3094 @@
       <c r="AH14" t="str">
         <v>75</v>
       </c>
       <c r="AI14" t="str">
         <v>3</v>
       </c>
       <c r="AJ14" t="str">
         <v>Aluminium</v>
       </c>
       <c r="AK14" t="str">
         <v>0.14</v>
       </c>
       <c r="AL14" t="str">
         <v>1.6</v>
       </c>
       <c r="AM14" t="str">
         <v>Titanium</v>
       </c>
       <c r="AN14" t="str">
         <v>Ferrite</v>
       </c>
       <c r="AO14" t="str">
         <v>WP Waterproof Front Side</v>
       </c>
       <c r="AP14" t="str">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="AQ14" t="str">
-        <v>5.2</v>
+        <v>5.3</v>
       </c>
       <c r="AR14" t="str">
-        <v>0.36</v>
+        <v>0.35</v>
       </c>
       <c r="AS14" t="str">
-        <v>5.4</v>
+        <v>11</v>
       </c>
       <c r="AT14" t="str">
-        <v>0.33</v>
+        <v>0.34</v>
       </c>
       <c r="AU14" t="str">
-        <v>88</v>
+        <v>82</v>
       </c>
       <c r="AV14" t="str">
-        <v>3.1</v>
+        <v>2.98</v>
       </c>
       <c r="AW14" t="str">
         <v>522</v>
       </c>
       <c r="AX14" t="str">
         <v>80.9</v>
       </c>
       <c r="AY14" t="str">
-        <v>2.7</v>
+        <v>2.3</v>
       </c>
       <c r="AZ14" t="str">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="BA14" t="str">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="BB14" t="str">
-        <v>14.4</v>
+        <v>15.6</v>
       </c>
       <c r="BC14" t="str">
-        <v>1.6</v>
+        <v>1.3</v>
       </c>
       <c r="BD14" t="str">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="BE14" t="str">
         <v>315</v>
       </c>
       <c r="BF14" t="str">
-        <v>12.4</v>
+        <v>12.5</v>
       </c>
       <c r="BG14" t="str">
         <v>298</v>
       </c>
       <c r="BH14" t="str">
         <v>11.7</v>
       </c>
       <c r="BI14" t="str">
-        <v>284</v>
+        <v>282</v>
       </c>
       <c r="BJ14" t="str">
-        <v>11.14</v>
+        <v>11.1</v>
       </c>
       <c r="BK14" t="str">
         <v>169</v>
       </c>
       <c r="BL14" t="str">
         <v>6.65</v>
       </c>
       <c r="BM14" t="str">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="BN14" t="str">
-        <v>0.51</v>
+        <v>0.55</v>
       </c>
       <c r="BO14" t="str">
-        <v>8.4</v>
+        <v>8.25</v>
       </c>
       <c r="BP14" t="str">
-        <v>18.52</v>
+        <v>18.19</v>
       </c>
       <c r="BR14" t="str">
         <v>MMD3BTN8M</v>
       </c>
       <c r="BS14" t="str">
-        <v>RCK12FHX768</v>
+        <v>RCK12FCX768</v>
       </c>
       <c r="BT14" t="str">
         <v>1</v>
       </c>
       <c r="BU14" t="str">
-        <v>9.7</v>
+        <v>9.55</v>
       </c>
       <c r="BV14" t="str">
-        <v>21.38</v>
+        <v>21.05</v>
       </c>
       <c r="BW14" t="str">
         <v>425x425x224</v>
       </c>
       <c r="BX14" t="str">
         <v>16.73x16.73x8.82</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
-        <v>12HCX76</v>
+        <v>12FHX76</v>
       </c>
       <c r="B15">
         <v>12</v>
       </c>
       <c r="C15" t="str">
         <v>320</v>
       </c>
       <c r="D15" t="str">
         <v>12</v>
       </c>
       <c r="E15" t="str">
         <v>8</v>
       </c>
       <c r="F15" t="str">
         <v>45</v>
       </c>
       <c r="G15" t="str">
         <v>18,000</v>
       </c>
       <c r="H15" t="str">
         <v>60</v>
       </c>
       <c r="I15" t="str">
         <v>320</v>
       </c>
       <c r="J15" t="str">
         <v>12</v>
       </c>
       <c r="K15" t="str">
         <v>8</v>
       </c>
       <c r="L15" t="str">
-        <v>6.7</v>
+        <v>6</v>
       </c>
       <c r="M15" t="str">
         <v>350</v>
       </c>
       <c r="N15" t="str">
         <v>700</v>
       </c>
       <c r="O15" t="str">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="P15" t="str">
         <v>76</v>
       </c>
       <c r="Q15" t="str">
         <v>3</v>
       </c>
       <c r="R15" t="str">
         <v>Copper</v>
       </c>
       <c r="S15" t="str">
         <v>Glass Fibre</v>
       </c>
       <c r="T15" t="str">
         <v>16.5</v>
       </c>
       <c r="U15" t="str">
         <v>0.65</v>
       </c>
       <c r="V15" t="str">
         <v>8</v>
       </c>
       <c r="W15" t="str">
         <v>0.31</v>
       </c>
       <c r="X15" t="str">
-        <v>1.15</v>
+        <v>1</v>
       </c>
       <c r="Y15" t="str">
         <v>WP Waterproof Front Side</v>
       </c>
       <c r="Z15" t="str">
         <v>320</v>
       </c>
       <c r="AA15" t="str">
         <v>12</v>
       </c>
       <c r="AB15" t="str">
         <v>8</v>
       </c>
       <c r="AC15" t="str">
-        <v>8</v>
+        <v>7.8</v>
       </c>
       <c r="AD15" t="str">
         <v>80</v>
       </c>
       <c r="AE15" t="str">
         <v>160</v>
       </c>
       <c r="AF15" t="str">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="AG15" t="str">
         <v>1.2</v>
       </c>
       <c r="AH15" t="str">
         <v>75</v>
       </c>
       <c r="AI15" t="str">
         <v>3</v>
       </c>
       <c r="AJ15" t="str">
         <v>Aluminium</v>
       </c>
       <c r="AK15" t="str">
         <v>0.14</v>
       </c>
       <c r="AL15" t="str">
-        <v>1.9</v>
+        <v>1.6</v>
       </c>
       <c r="AM15" t="str">
         <v>Titanium</v>
       </c>
       <c r="AN15" t="str">
-        <v>Neodymium Ring</v>
+        <v>Ferrite</v>
       </c>
       <c r="AO15" t="str">
         <v>WP Waterproof Front Side</v>
       </c>
       <c r="AP15" t="str">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="AQ15" t="str">
-        <v>5</v>
+        <v>5.2</v>
       </c>
       <c r="AR15" t="str">
-        <v>0.2</v>
+        <v>0.36</v>
       </c>
       <c r="AS15" t="str">
-        <v>8</v>
+        <v>5.4</v>
       </c>
       <c r="AT15" t="str">
-        <v>0.19</v>
+        <v>0.33</v>
       </c>
       <c r="AU15" t="str">
-        <v>120</v>
+        <v>88</v>
       </c>
       <c r="AV15" t="str">
-        <v>4.2</v>
+        <v>3.1</v>
       </c>
       <c r="AW15" t="str">
         <v>522</v>
       </c>
       <c r="AX15" t="str">
         <v>80.9</v>
       </c>
       <c r="AY15" t="str">
-        <v>4.1</v>
+        <v>2.7</v>
       </c>
       <c r="AZ15" t="str">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="BA15" t="str">
         <v>47</v>
       </c>
       <c r="BB15" t="str">
-        <v>17.6</v>
+        <v>14.4</v>
       </c>
       <c r="BC15" t="str">
-        <v>0.8</v>
+        <v>1.6</v>
       </c>
       <c r="BD15" t="str">
-        <v>210</v>
+        <v>133</v>
       </c>
       <c r="BE15" t="str">
         <v>315</v>
       </c>
       <c r="BF15" t="str">
         <v>12.4</v>
       </c>
       <c r="BG15" t="str">
         <v>298</v>
       </c>
       <c r="BH15" t="str">
         <v>11.7</v>
       </c>
       <c r="BI15" t="str">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="BJ15" t="str">
         <v>11.14</v>
       </c>
       <c r="BK15" t="str">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="BL15" t="str">
-        <v>6.6</v>
+        <v>6.65</v>
       </c>
       <c r="BM15" t="str">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="BN15" t="str">
-        <v>0.55</v>
+        <v>0.51</v>
       </c>
       <c r="BO15" t="str">
-        <v>5.3</v>
+        <v>8.4</v>
       </c>
       <c r="BP15" t="str">
-        <v>11.68</v>
+        <v>18.52</v>
       </c>
       <c r="BR15" t="str">
         <v>MMD3BTN8M</v>
       </c>
       <c r="BS15" t="str">
-        <v>RCK12HCX768</v>
+        <v>RCK12FHX768</v>
       </c>
       <c r="BT15" t="str">
         <v>1</v>
       </c>
       <c r="BU15" t="str">
-        <v>6.6</v>
+        <v>9.7</v>
       </c>
       <c r="BV15" t="str">
-        <v>14.55</v>
+        <v>21.38</v>
       </c>
       <c r="BW15" t="str">
         <v>425x425x224</v>
       </c>
       <c r="BX15" t="str">
         <v>16.73x16.73x8.82</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
-        <v>12NCX</v>
+        <v>12HCX76</v>
       </c>
       <c r="B16">
         <v>12</v>
       </c>
       <c r="C16" t="str">
         <v>320</v>
       </c>
       <c r="D16" t="str">
         <v>12</v>
       </c>
       <c r="E16" t="str">
         <v>8</v>
       </c>
       <c r="F16" t="str">
-        <v>60</v>
+        <v>45</v>
       </c>
       <c r="G16" t="str">
         <v>18,000</v>
       </c>
       <c r="H16" t="str">
-        <v>70</v>
+        <v>60</v>
       </c>
       <c r="I16" t="str">
         <v>320</v>
       </c>
       <c r="J16" t="str">
         <v>12</v>
       </c>
       <c r="K16" t="str">
         <v>8</v>
       </c>
       <c r="L16" t="str">
-        <v>6.6</v>
+        <v>6.7</v>
       </c>
       <c r="M16" t="str">
-        <v>200</v>
+        <v>350</v>
       </c>
       <c r="N16" t="str">
-        <v>400</v>
+        <v>700</v>
       </c>
       <c r="O16" t="str">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="P16" t="str">
-        <v>65</v>
+        <v>76</v>
       </c>
       <c r="Q16" t="str">
-        <v>2.5</v>
+        <v>3</v>
       </c>
       <c r="R16" t="str">
-        <v>Aluminium</v>
+        <v>Copper</v>
+      </c>
+      <c r="S16" t="str">
+        <v>Glass Fibre</v>
+      </c>
+      <c r="T16" t="str">
+        <v>16.5</v>
+      </c>
+      <c r="U16" t="str">
+        <v>0.65</v>
+      </c>
+      <c r="V16" t="str">
+        <v>8</v>
+      </c>
+      <c r="W16" t="str">
+        <v>0.31</v>
+      </c>
+      <c r="X16" t="str">
+        <v>1.15</v>
       </c>
       <c r="Y16" t="str">
-        <v>TWP Waterproof Both Sides</v>
+        <v>WP Waterproof Front Side</v>
       </c>
       <c r="Z16" t="str">
         <v>320</v>
       </c>
       <c r="AA16" t="str">
         <v>12</v>
       </c>
       <c r="AB16" t="str">
         <v>8</v>
       </c>
       <c r="AC16" t="str">
-        <v>7.3</v>
+        <v>8</v>
       </c>
       <c r="AD16" t="str">
-        <v>50</v>
+        <v>80</v>
       </c>
       <c r="AE16" t="str">
-        <v>100</v>
+        <v>160</v>
       </c>
       <c r="AF16" t="str">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="AG16" t="str">
         <v>1.2</v>
       </c>
       <c r="AH16" t="str">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="AI16" t="str">
-        <v>2.5</v>
+        <v>3</v>
       </c>
       <c r="AJ16" t="str">
         <v>Aluminium</v>
       </c>
+      <c r="AK16" t="str">
+        <v>0.14</v>
+      </c>
+      <c r="AL16" t="str">
+        <v>1.9</v>
+      </c>
       <c r="AM16" t="str">
         <v>Titanium</v>
       </c>
       <c r="AN16" t="str">
         <v>Neodymium Ring</v>
       </c>
       <c r="AO16" t="str">
-        <v>TWP Waterproof Both Sides</v>
+        <v>WP Waterproof Front Side</v>
       </c>
       <c r="AP16" t="str">
-        <v>59</v>
+        <v>42</v>
       </c>
       <c r="AQ16" t="str">
-        <v>5.8</v>
+        <v>5</v>
       </c>
       <c r="AR16" t="str">
-        <v>0.58</v>
+        <v>0.2</v>
       </c>
       <c r="AS16" t="str">
+        <v>8</v>
+      </c>
+      <c r="AT16" t="str">
+        <v>0.19</v>
+      </c>
+      <c r="AU16" t="str">
+        <v>120</v>
+      </c>
+      <c r="AV16" t="str">
         <v>4.2</v>
-      </c>
-[...7 lines deleted...]
-        <v>2.3</v>
       </c>
       <c r="AW16" t="str">
         <v>522</v>
       </c>
       <c r="AX16" t="str">
         <v>80.9</v>
       </c>
       <c r="AY16" t="str">
-        <v>2.2</v>
+        <v>4.1</v>
       </c>
       <c r="AZ16" t="str">
         <v>6</v>
       </c>
       <c r="BA16" t="str">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="BB16" t="str">
-        <v>12.8</v>
+        <v>17.6</v>
       </c>
       <c r="BC16" t="str">
-        <v>1.2</v>
+        <v>0.8</v>
       </c>
       <c r="BD16" t="str">
-        <v>102</v>
+        <v>210</v>
       </c>
       <c r="BE16" t="str">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="BF16" t="str">
         <v>12.4</v>
       </c>
       <c r="BG16" t="str">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="BH16" t="str">
-        <v>11.6</v>
+        <v>11.7</v>
       </c>
       <c r="BI16" t="str">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="BJ16" t="str">
-        <v>11.2</v>
+        <v>11.14</v>
       </c>
       <c r="BK16" t="str">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="BL16" t="str">
         <v>6.6</v>
       </c>
       <c r="BM16" t="str">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="BN16" t="str">
-        <v>0.5</v>
+        <v>0.55</v>
       </c>
       <c r="BO16" t="str">
-        <v>4.2</v>
+        <v>5.3</v>
       </c>
       <c r="BP16" t="str">
-        <v>9.26</v>
+        <v>11.68</v>
       </c>
       <c r="BR16" t="str">
-        <v>MMD6108M</v>
+        <v>MMD3BTN8M</v>
       </c>
       <c r="BS16" t="str">
-        <v>RCK012NCX8</v>
+        <v>RCK12HCX768</v>
       </c>
       <c r="BT16" t="str">
         <v>1</v>
       </c>
       <c r="BU16" t="str">
-        <v>5.5</v>
+        <v>6.6</v>
       </c>
       <c r="BV16" t="str">
-        <v>12.13</v>
+        <v>14.55</v>
       </c>
       <c r="BW16" t="str">
         <v>425x425x224</v>
       </c>
       <c r="BX16" t="str">
         <v>16.73x16.73x8.82</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
-        <v>14CXN76</v>
+        <v>12NCX</v>
       </c>
       <c r="B17">
-        <v>13.5</v>
+        <v>12</v>
       </c>
       <c r="C17" t="str">
-        <v>343</v>
+        <v>320</v>
       </c>
       <c r="D17" t="str">
-        <v>13.5</v>
+        <v>12</v>
       </c>
       <c r="E17" t="str">
         <v>8</v>
       </c>
       <c r="F17" t="str">
-        <v>45</v>
+        <v>60</v>
       </c>
       <c r="G17" t="str">
         <v>18,000</v>
       </c>
       <c r="H17" t="str">
-        <v>80</v>
+        <v>70</v>
       </c>
       <c r="I17" t="str">
-        <v>343</v>
+        <v>320</v>
       </c>
       <c r="J17" t="str">
-        <v>13.5</v>
+        <v>12</v>
       </c>
       <c r="K17" t="str">
         <v>8</v>
       </c>
       <c r="L17" t="str">
-        <v>6.5</v>
+        <v>6.6</v>
       </c>
       <c r="M17" t="str">
+        <v>200</v>
+      </c>
+      <c r="N17" t="str">
         <v>400</v>
       </c>
-      <c r="N17" t="str">
-[...1 lines deleted...]
-      </c>
       <c r="O17" t="str">
+        <v>96</v>
+      </c>
+      <c r="P17" t="str">
+        <v>65</v>
+      </c>
+      <c r="Q17" t="str">
+        <v>2.5</v>
+      </c>
+      <c r="R17" t="str">
+        <v>Aluminium</v>
+      </c>
+      <c r="Y17" t="str">
+        <v>TWP Waterproof Both Sides</v>
+      </c>
+      <c r="Z17" t="str">
+        <v>320</v>
+      </c>
+      <c r="AA17" t="str">
+        <v>12</v>
+      </c>
+      <c r="AB17" t="str">
+        <v>8</v>
+      </c>
+      <c r="AC17" t="str">
+        <v>7.3</v>
+      </c>
+      <c r="AD17" t="str">
+        <v>50</v>
+      </c>
+      <c r="AE17" t="str">
         <v>100</v>
       </c>
-      <c r="P17" t="str">
-[...46 lines deleted...]
-      </c>
       <c r="AF17" t="str">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="AG17" t="str">
         <v>1.2</v>
       </c>
       <c r="AH17" t="str">
-        <v>75</v>
+        <v>65</v>
       </c>
       <c r="AI17" t="str">
-        <v>3</v>
+        <v>2.5</v>
       </c>
       <c r="AJ17" t="str">
         <v>Aluminium</v>
       </c>
-      <c r="AK17" t="str">
-[...4 lines deleted...]
-      </c>
       <c r="AM17" t="str">
-        <v>Polyester/Titanium</v>
+        <v>Titanium</v>
       </c>
       <c r="AN17" t="str">
         <v>Neodymium Ring</v>
       </c>
       <c r="AO17" t="str">
-        <v>WP Waterproof Front Side</v>
+        <v>TWP Waterproof Both Sides</v>
       </c>
       <c r="AP17" t="str">
-        <v>45</v>
+        <v>59</v>
       </c>
       <c r="AQ17" t="str">
-        <v>5.2</v>
+        <v>5.8</v>
       </c>
       <c r="AR17" t="str">
-        <v>0.29</v>
+        <v>0.58</v>
       </c>
       <c r="AS17" t="str">
-        <v>8.5</v>
+        <v>4.2</v>
       </c>
       <c r="AT17" t="str">
-        <v>0.28</v>
+        <v>0.51</v>
       </c>
       <c r="AU17" t="str">
-        <v>131</v>
+        <v>64</v>
       </c>
       <c r="AV17" t="str">
-        <v>4.63</v>
+        <v>2.3</v>
       </c>
       <c r="AW17" t="str">
-        <v>707</v>
+        <v>522</v>
       </c>
       <c r="AX17" t="str">
-        <v>109.59</v>
+        <v>80.9</v>
       </c>
       <c r="AY17" t="str">
-        <v>4</v>
+        <v>2.2</v>
       </c>
       <c r="AZ17" t="str">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="BA17" t="str">
-        <v>67</v>
+        <v>44</v>
       </c>
       <c r="BB17" t="str">
-        <v>18.4</v>
+        <v>12.8</v>
       </c>
       <c r="BC17" t="str">
-        <v>1</v>
+        <v>1.2</v>
       </c>
       <c r="BD17" t="str">
-        <v>155</v>
+        <v>102</v>
       </c>
       <c r="BE17" t="str">
-        <v>359</v>
+        <v>316</v>
       </c>
       <c r="BF17" t="str">
-        <v>14.13</v>
+        <v>12.4</v>
       </c>
       <c r="BG17" t="str">
-        <v>343</v>
+        <v>296</v>
       </c>
       <c r="BH17" t="str">
-        <v>13.5</v>
+        <v>11.6</v>
       </c>
       <c r="BI17" t="str">
-        <v>323</v>
+        <v>284</v>
       </c>
       <c r="BJ17" t="str">
-        <v>12.72</v>
+        <v>11.2</v>
       </c>
       <c r="BK17" t="str">
-        <v>188</v>
+        <v>167</v>
       </c>
       <c r="BL17" t="str">
-        <v>7.4</v>
+        <v>6.6</v>
       </c>
       <c r="BM17" t="str">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="BN17" t="str">
-        <v>0.47</v>
+        <v>0.5</v>
       </c>
       <c r="BO17" t="str">
-        <v>5.6</v>
+        <v>4.2</v>
       </c>
       <c r="BP17" t="str">
-        <v>12.35</v>
+        <v>9.26</v>
       </c>
       <c r="BR17" t="str">
-        <v>MMD9028M</v>
+        <v>MMD6108M</v>
       </c>
       <c r="BS17" t="str">
-        <v>RCK14CXN768</v>
+        <v>RCK012NCX8</v>
       </c>
       <c r="BT17" t="str">
         <v>1</v>
       </c>
       <c r="BU17" t="str">
-        <v>6.9</v>
+        <v>5.5</v>
       </c>
       <c r="BV17" t="str">
-        <v>15.21</v>
+        <v>12.13</v>
       </c>
       <c r="BW17" t="str">
         <v>425x425x224</v>
       </c>
       <c r="BX17" t="str">
         <v>16.73x16.73x8.82</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
-        <v>14CXN88</v>
+        <v>14CXN76</v>
       </c>
       <c r="B18">
         <v>13.5</v>
       </c>
       <c r="C18" t="str">
         <v>343</v>
       </c>
       <c r="D18" t="str">
         <v>13.5</v>
       </c>
       <c r="E18" t="str">
         <v>8</v>
       </c>
       <c r="F18" t="str">
         <v>45</v>
       </c>
       <c r="G18" t="str">
         <v>18,000</v>
       </c>
       <c r="H18" t="str">
         <v>80</v>
       </c>
       <c r="I18" t="str">
         <v>343</v>
       </c>
       <c r="J18" t="str">
         <v>13.5</v>
       </c>
       <c r="K18" t="str">
         <v>8</v>
       </c>
       <c r="L18" t="str">
-        <v>6.8</v>
+        <v>6.5</v>
       </c>
       <c r="M18" t="str">
-        <v>500</v>
+        <v>400</v>
       </c>
       <c r="N18" t="str">
-        <v>1,000</v>
+        <v>800</v>
       </c>
       <c r="O18" t="str">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="P18" t="str">
-        <v>88</v>
+        <v>76</v>
       </c>
       <c r="Q18" t="str">
-        <v>3.5</v>
+        <v>3</v>
       </c>
       <c r="R18" t="str">
-        <v>Aluminium</v>
+        <v>Copper</v>
       </c>
       <c r="S18" t="str">
         <v>Glass Fibre</v>
       </c>
       <c r="T18" t="str">
-        <v>22</v>
+        <v>16.5</v>
       </c>
       <c r="U18" t="str">
-        <v>0.87</v>
+        <v>0.65</v>
       </c>
       <c r="V18" t="str">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="W18" t="str">
-        <v>0.43</v>
+        <v>0.35</v>
       </c>
       <c r="X18" t="str">
         <v>1.05</v>
       </c>
       <c r="Y18" t="str">
         <v>WP Waterproof Front Side</v>
       </c>
       <c r="Z18" t="str">
         <v>343</v>
       </c>
       <c r="AA18" t="str">
         <v>13.5</v>
       </c>
       <c r="AB18" t="str">
         <v>8</v>
       </c>
       <c r="AC18" t="str">
-        <v>8.8</v>
+        <v>8.2</v>
       </c>
       <c r="AD18" t="str">
         <v>80</v>
       </c>
       <c r="AE18" t="str">
         <v>160</v>
       </c>
       <c r="AF18" t="str">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="AG18" t="str">
         <v>1.2</v>
       </c>
       <c r="AH18" t="str">
         <v>75</v>
       </c>
       <c r="AI18" t="str">
         <v>3</v>
       </c>
       <c r="AJ18" t="str">
         <v>Aluminium</v>
       </c>
       <c r="AK18" t="str">
         <v>0.14</v>
       </c>
       <c r="AL18" t="str">
-        <v>1.75</v>
+        <v>1.8</v>
       </c>
       <c r="AM18" t="str">
-        <v>Titanium</v>
+        <v>Polyester/Titanium</v>
       </c>
       <c r="AN18" t="str">
         <v>Neodymium Ring</v>
       </c>
       <c r="AO18" t="str">
         <v>WP Waterproof Front Side</v>
       </c>
       <c r="AP18" t="str">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="AQ18" t="str">
-        <v>4.7</v>
+        <v>5.2</v>
       </c>
       <c r="AR18" t="str">
-        <v>0.27</v>
+        <v>0.29</v>
       </c>
       <c r="AS18" t="str">
-        <v>13</v>
+        <v>8.5</v>
       </c>
       <c r="AT18" t="str">
-        <v>0.26</v>
+        <v>0.28</v>
       </c>
       <c r="AU18" t="str">
-        <v>100</v>
+        <v>131</v>
       </c>
       <c r="AV18" t="str">
-        <v>3.53</v>
+        <v>4.63</v>
       </c>
       <c r="AW18" t="str">
         <v>707</v>
       </c>
       <c r="AX18" t="str">
         <v>109.59</v>
       </c>
       <c r="AY18" t="str">
-        <v>3.6</v>
+        <v>4</v>
       </c>
       <c r="AZ18" t="str">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="BA18" t="str">
-        <v>83</v>
+        <v>67</v>
       </c>
       <c r="BB18" t="str">
-        <v>20.7</v>
+        <v>18.4</v>
       </c>
       <c r="BC18" t="str">
-        <v>0.95</v>
+        <v>1</v>
       </c>
       <c r="BD18" t="str">
-        <v>170</v>
+        <v>155</v>
       </c>
       <c r="BE18" t="str">
         <v>359</v>
       </c>
       <c r="BF18" t="str">
         <v>14.13</v>
       </c>
       <c r="BG18" t="str">
         <v>343</v>
       </c>
       <c r="BH18" t="str">
+        <v>13.5</v>
+      </c>
+      <c r="BI18" t="str">
         <v>323</v>
       </c>
-      <c r="BI18" t="str">
-[...1 lines deleted...]
-      </c>
       <c r="BJ18" t="str">
-        <v>12.83</v>
+        <v>12.72</v>
       </c>
       <c r="BK18" t="str">
-        <v>200</v>
+        <v>188</v>
       </c>
       <c r="BL18" t="str">
-        <v>7.87</v>
+        <v>7.4</v>
       </c>
       <c r="BM18" t="str">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="BN18" t="str">
-        <v>0.59</v>
+        <v>0.47</v>
       </c>
       <c r="BO18" t="str">
-        <v>7.4</v>
+        <v>5.6</v>
       </c>
       <c r="BP18" t="str">
-        <v>16.31</v>
+        <v>12.35</v>
       </c>
       <c r="BR18" t="str">
-        <v>MMD3DTN8M</v>
+        <v>MMD9028M</v>
       </c>
       <c r="BS18" t="str">
-        <v>RCK14CXN888</v>
+        <v>RCK14CXN768</v>
       </c>
       <c r="BT18" t="str">
         <v>1</v>
       </c>
       <c r="BU18" t="str">
-        <v>9</v>
+        <v>6.9</v>
       </c>
       <c r="BV18" t="str">
-        <v>19.84</v>
+        <v>15.21</v>
       </c>
       <c r="BW18" t="str">
-        <v>500x495x275</v>
+        <v>425x425x224</v>
       </c>
       <c r="BX18" t="str">
-        <v>19.69x19.49x10.83</v>
+        <v>16.73x16.73x8.82</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>14CXN88</v>
       </c>
       <c r="B19">
         <v>13.5</v>
       </c>
       <c r="C19" t="str">
         <v>343</v>
       </c>
       <c r="D19" t="str">
         <v>13.5</v>
       </c>
       <c r="E19" t="str">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="F19" t="str">
         <v>45</v>
       </c>
       <c r="G19" t="str">
         <v>18,000</v>
       </c>
       <c r="H19" t="str">
         <v>80</v>
       </c>
       <c r="I19" t="str">
         <v>343</v>
       </c>
       <c r="J19" t="str">
         <v>13.5</v>
       </c>
       <c r="K19" t="str">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="L19" t="str">
-        <v>4.3</v>
+        <v>6.8</v>
       </c>
       <c r="M19" t="str">
         <v>500</v>
       </c>
       <c r="N19" t="str">
         <v>1,000</v>
       </c>
       <c r="O19" t="str">
         <v>99</v>
       </c>
       <c r="P19" t="str">
         <v>88</v>
       </c>
       <c r="Q19" t="str">
         <v>3.5</v>
       </c>
       <c r="R19" t="str">
         <v>Aluminium</v>
       </c>
       <c r="S19" t="str">
         <v>Glass Fibre</v>
       </c>
       <c r="T19" t="str">
         <v>22</v>
       </c>
       <c r="U19" t="str">
         <v>0.87</v>
       </c>
       <c r="V19" t="str">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="W19" t="str">
-        <v>0.39</v>
+        <v>0.43</v>
       </c>
       <c r="X19" t="str">
         <v>1.05</v>
       </c>
       <c r="Y19" t="str">
         <v>WP Waterproof Front Side</v>
       </c>
       <c r="Z19" t="str">
         <v>343</v>
       </c>
       <c r="AA19" t="str">
         <v>13.5</v>
       </c>
       <c r="AB19" t="str">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="AC19" t="str">
         <v>8.8</v>
       </c>
       <c r="AD19" t="str">
         <v>80</v>
       </c>
       <c r="AE19" t="str">
         <v>160</v>
       </c>
       <c r="AF19" t="str">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="AG19" t="str">
         <v>1.2</v>
       </c>
       <c r="AH19" t="str">
         <v>75</v>
       </c>
       <c r="AI19" t="str">
         <v>3</v>
       </c>
       <c r="AJ19" t="str">
         <v>Aluminium</v>
       </c>
       <c r="AK19" t="str">
         <v>0.14</v>
       </c>
       <c r="AL19" t="str">
         <v>1.75</v>
       </c>
       <c r="AM19" t="str">
         <v>Titanium</v>
       </c>
       <c r="AN19" t="str">
         <v>Neodymium Ring</v>
       </c>
       <c r="AO19" t="str">
         <v>WP Waterproof Front Side</v>
       </c>
       <c r="AP19" t="str">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="AQ19" t="str">
-        <v>3.2</v>
+        <v>4.7</v>
       </c>
       <c r="AR19" t="str">
+        <v>0.27</v>
+      </c>
+      <c r="AS19" t="str">
+        <v>13</v>
+      </c>
+      <c r="AT19" t="str">
         <v>0.26</v>
       </c>
-      <c r="AS19" t="str">
-[...4 lines deleted...]
-      </c>
       <c r="AU19" t="str">
-        <v>116</v>
+        <v>100</v>
       </c>
       <c r="AV19" t="str">
-        <v>4.1</v>
+        <v>3.53</v>
       </c>
       <c r="AW19" t="str">
         <v>707</v>
       </c>
       <c r="AX19" t="str">
         <v>109.59</v>
       </c>
       <c r="AY19" t="str">
-        <v>3.8</v>
+        <v>3.6</v>
       </c>
       <c r="AZ19" t="str">
         <v>9</v>
       </c>
       <c r="BA19" t="str">
-        <v>78.5</v>
+        <v>83</v>
       </c>
       <c r="BB19" t="str">
-        <v>16.6</v>
+        <v>20.7</v>
       </c>
       <c r="BC19" t="str">
-        <v>0.72</v>
+        <v>0.95</v>
       </c>
       <c r="BD19" t="str">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="BE19" t="str">
         <v>359</v>
       </c>
       <c r="BF19" t="str">
         <v>14.13</v>
       </c>
       <c r="BG19" t="str">
         <v>343</v>
       </c>
       <c r="BH19" t="str">
         <v>323</v>
       </c>
       <c r="BI19" t="str">
         <v>326</v>
       </c>
       <c r="BJ19" t="str">
         <v>12.83</v>
       </c>
       <c r="BK19" t="str">
         <v>200</v>
       </c>
       <c r="BL19" t="str">
         <v>7.87</v>
       </c>
       <c r="BM19" t="str">
         <v>15</v>
       </c>
       <c r="BN19" t="str">
         <v>0.59</v>
       </c>
       <c r="BO19" t="str">
         <v>7.4</v>
       </c>
       <c r="BP19" t="str">
         <v>16.31</v>
       </c>
       <c r="BR19" t="str">
         <v>MMD3DTN8M</v>
       </c>
       <c r="BS19" t="str">
-        <v>RCK14CXN884</v>
+        <v>RCK14CXN888</v>
       </c>
       <c r="BT19" t="str">
         <v>1</v>
       </c>
       <c r="BU19" t="str">
         <v>9</v>
       </c>
       <c r="BV19" t="str">
         <v>19.84</v>
       </c>
       <c r="BW19" t="str">
         <v>500x495x275</v>
       </c>
       <c r="BX19" t="str">
         <v>19.69x19.49x10.83</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
-        <v>15CX40</v>
+        <v>14CXN88</v>
       </c>
       <c r="B20">
-        <v>15</v>
+        <v>13.5</v>
       </c>
       <c r="C20" t="str">
-        <v>380</v>
+        <v>343</v>
       </c>
       <c r="D20" t="str">
-        <v>15</v>
+        <v>13.5</v>
       </c>
       <c r="E20" t="str">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="F20" t="str">
         <v>45</v>
       </c>
       <c r="G20" t="str">
-        <v>20,000</v>
+        <v>18,000</v>
       </c>
       <c r="H20" t="str">
         <v>80</v>
       </c>
       <c r="I20" t="str">
-        <v>380</v>
+        <v>343</v>
       </c>
       <c r="J20" t="str">
-        <v>15</v>
+        <v>13.5</v>
       </c>
       <c r="K20" t="str">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="L20" t="str">
-        <v>5.8</v>
+        <v>4.3</v>
       </c>
       <c r="M20" t="str">
-        <v>400</v>
+        <v>500</v>
       </c>
       <c r="N20" t="str">
-        <v>800</v>
+        <v>1,000</v>
       </c>
       <c r="O20" t="str">
         <v>99</v>
       </c>
       <c r="P20" t="str">
-        <v>76</v>
+        <v>88</v>
       </c>
       <c r="Q20" t="str">
-        <v>3</v>
+        <v>3.5</v>
       </c>
       <c r="R20" t="str">
         <v>Aluminium</v>
       </c>
+      <c r="S20" t="str">
+        <v>Glass Fibre</v>
+      </c>
+      <c r="T20" t="str">
+        <v>22</v>
+      </c>
+      <c r="U20" t="str">
+        <v>0.87</v>
+      </c>
+      <c r="V20" t="str">
+        <v>10</v>
+      </c>
+      <c r="W20" t="str">
+        <v>0.39</v>
+      </c>
+      <c r="X20" t="str">
+        <v>1.05</v>
+      </c>
       <c r="Y20" t="str">
         <v>WP Waterproof Front Side</v>
       </c>
       <c r="Z20" t="str">
-        <v>380</v>
+        <v>343</v>
       </c>
       <c r="AA20" t="str">
-        <v>15</v>
+        <v>13.5</v>
       </c>
       <c r="AB20" t="str">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="AC20" t="str">
-        <v>7.9</v>
+        <v>8.8</v>
       </c>
       <c r="AD20" t="str">
         <v>80</v>
       </c>
       <c r="AE20" t="str">
         <v>160</v>
       </c>
       <c r="AF20" t="str">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="AG20" t="str">
         <v>1.2</v>
       </c>
       <c r="AH20" t="str">
         <v>75</v>
       </c>
       <c r="AI20" t="str">
         <v>3</v>
       </c>
       <c r="AJ20" t="str">
         <v>Aluminium</v>
       </c>
+      <c r="AK20" t="str">
+        <v>0.14</v>
+      </c>
+      <c r="AL20" t="str">
+        <v>1.75</v>
+      </c>
       <c r="AM20" t="str">
         <v>Titanium</v>
       </c>
       <c r="AN20" t="str">
-        <v>Ceramic</v>
+        <v>Neodymium Ring</v>
       </c>
       <c r="AO20" t="str">
         <v>WP Waterproof Front Side</v>
       </c>
       <c r="AP20" t="str">
         <v>44</v>
       </c>
       <c r="AQ20" t="str">
-        <v>5.1</v>
+        <v>3.2</v>
       </c>
       <c r="AR20" t="str">
-        <v>0.46</v>
+        <v>0.26</v>
       </c>
       <c r="AS20" t="str">
-        <v>6.7</v>
+        <v>15</v>
       </c>
       <c r="AT20" t="str">
-        <v>0.43</v>
+        <v>0.25</v>
       </c>
       <c r="AU20" t="str">
-        <v>162</v>
+        <v>116</v>
       </c>
       <c r="AV20" t="str">
-        <v>5.7</v>
+        <v>4.1</v>
       </c>
       <c r="AW20" t="str">
-        <v>855</v>
+        <v>707</v>
       </c>
       <c r="AX20" t="str">
-        <v>132.5</v>
+        <v>109.59</v>
       </c>
       <c r="AY20" t="str">
-        <v>2.8</v>
+        <v>3.8</v>
       </c>
       <c r="AZ20" t="str">
-        <v>5.5</v>
+        <v>9</v>
       </c>
       <c r="BA20" t="str">
-        <v>84</v>
+        <v>78.5</v>
       </c>
       <c r="BB20" t="str">
-        <v>15.9</v>
+        <v>16.6</v>
       </c>
       <c r="BC20" t="str">
-        <v>1.1</v>
+        <v>0.72</v>
       </c>
       <c r="BD20" t="str">
-        <v>96</v>
+        <v>169</v>
       </c>
       <c r="BE20" t="str">
-        <v>349</v>
+        <v>359</v>
       </c>
       <c r="BF20" t="str">
-        <v>15.5</v>
+        <v>14.13</v>
       </c>
       <c r="BG20" t="str">
-        <v>374</v>
+        <v>343</v>
       </c>
       <c r="BH20" t="str">
-        <v>14.7</v>
+        <v>323</v>
       </c>
       <c r="BI20" t="str">
-        <v>355</v>
+        <v>326</v>
       </c>
       <c r="BJ20" t="str">
-        <v>14</v>
+        <v>12.83</v>
       </c>
       <c r="BK20" t="str">
-        <v>219</v>
+        <v>200</v>
       </c>
       <c r="BL20" t="str">
-        <v>8.6</v>
+        <v>7.87</v>
       </c>
       <c r="BM20" t="str">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="BN20" t="str">
-        <v>0.62</v>
+        <v>0.59</v>
       </c>
       <c r="BO20" t="str">
-        <v>12.05</v>
+        <v>7.4</v>
       </c>
       <c r="BP20" t="str">
-        <v>26.57</v>
+        <v>16.31</v>
       </c>
       <c r="BR20" t="str">
-        <v>MMD3A8</v>
+        <v>MMD3DTN8M</v>
       </c>
       <c r="BS20" t="str">
-        <v>RCK015CX408</v>
+        <v>RCK14CXN884</v>
       </c>
       <c r="BT20" t="str">
         <v>1</v>
       </c>
       <c r="BU20" t="str">
-        <v>13.65</v>
+        <v>9</v>
       </c>
       <c r="BV20" t="str">
-        <v>30.09</v>
+        <v>19.84</v>
       </c>
       <c r="BW20" t="str">
         <v>500x495x275</v>
       </c>
       <c r="BX20" t="str">
         <v>19.69x19.49x10.83</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
-        <v>15CXN76</v>
+        <v>15CLX64</v>
       </c>
       <c r="B21">
         <v>15</v>
       </c>
       <c r="C21" t="str">
         <v>380</v>
       </c>
       <c r="D21" t="str">
         <v>15</v>
       </c>
       <c r="E21" t="str">
         <v>8</v>
       </c>
       <c r="F21" t="str">
         <v>40</v>
       </c>
       <c r="G21" t="str">
-        <v>18,000</v>
+        <v>17,000</v>
       </c>
       <c r="H21" t="str">
         <v>80</v>
       </c>
       <c r="I21" t="str">
         <v>380</v>
       </c>
       <c r="J21" t="str">
         <v>15</v>
       </c>
       <c r="K21" t="str">
         <v>8</v>
       </c>
       <c r="L21" t="str">
-        <v>6</v>
+        <v>6.2</v>
       </c>
       <c r="M21" t="str">
-        <v>400</v>
+        <v>250</v>
       </c>
       <c r="N21" t="str">
-        <v>800</v>
+        <v>500</v>
       </c>
       <c r="O21" t="str">
-        <v>99</v>
+        <v>95.2</v>
       </c>
       <c r="P21" t="str">
-        <v>76</v>
+        <v>64</v>
       </c>
       <c r="Q21" t="str">
-        <v>3</v>
+        <v>2.5</v>
       </c>
       <c r="R21" t="str">
         <v>Copper</v>
       </c>
       <c r="S21" t="str">
         <v>Glass Fibre</v>
       </c>
       <c r="T21" t="str">
-        <v>16.5</v>
+        <v>14.5</v>
       </c>
       <c r="U21" t="str">
-        <v>0.65</v>
+        <v>0.57</v>
       </c>
       <c r="V21" t="str">
         <v>8</v>
       </c>
       <c r="W21" t="str">
         <v>0.31</v>
       </c>
       <c r="X21" t="str">
-        <v>1.15</v>
-[...2 lines deleted...]
-        <v>WP Waterproof Front Side</v>
+        <v>0.9</v>
       </c>
       <c r="Z21" t="str">
         <v>380</v>
       </c>
       <c r="AA21" t="str">
         <v>15</v>
       </c>
       <c r="AB21" t="str">
         <v>8</v>
       </c>
       <c r="AC21" t="str">
-        <v>8</v>
+        <v>7.9</v>
       </c>
       <c r="AD21" t="str">
-        <v>80</v>
+        <v>70</v>
       </c>
       <c r="AE21" t="str">
-        <v>160</v>
+        <v>140</v>
       </c>
       <c r="AF21" t="str">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="AG21" t="str">
         <v>1.2</v>
       </c>
       <c r="AH21" t="str">
-        <v>75</v>
+        <v>51</v>
       </c>
       <c r="AI21" t="str">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AJ21" t="str">
         <v>Aluminium</v>
       </c>
       <c r="AK21" t="str">
         <v>0.14</v>
       </c>
       <c r="AL21" t="str">
-        <v>1.9</v>
+        <v>1.6</v>
       </c>
       <c r="AM21" t="str">
-        <v>Polyester/Titanium</v>
+        <v>HT Polymer</v>
       </c>
       <c r="AN21" t="str">
         <v>Neodymium Ring</v>
       </c>
       <c r="AO21" t="str">
         <v>WP Waterproof Front Side</v>
       </c>
       <c r="AP21" t="str">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AQ21" t="str">
-        <v>5.1</v>
+        <v>5.5</v>
       </c>
       <c r="AR21" t="str">
-        <v>0.3</v>
+        <v>0.81</v>
       </c>
       <c r="AS21" t="str">
-        <v>5.8</v>
+        <v>9.4</v>
       </c>
       <c r="AT21" t="str">
-        <v>0.28</v>
+        <v>0.75</v>
       </c>
       <c r="AU21" t="str">
-        <v>246</v>
+        <v>227</v>
       </c>
       <c r="AV21" t="str">
-        <v>8.6</v>
+        <v>8.02</v>
       </c>
       <c r="AW21" t="str">
         <v>855</v>
       </c>
       <c r="AX21" t="str">
         <v>132.5</v>
       </c>
       <c r="AY21" t="str">
-        <v>3.7</v>
+        <v>1.44</v>
       </c>
       <c r="AZ21" t="str">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="BA21" t="str">
         <v>82</v>
       </c>
       <c r="BB21" t="str">
-        <v>17.8</v>
+        <v>11.5</v>
       </c>
       <c r="BC21" t="str">
-        <v>0.9</v>
+        <v>1.05</v>
       </c>
       <c r="BD21" t="str">
-        <v>127</v>
+        <v>46</v>
       </c>
       <c r="BE21" t="str">
-        <v>393</v>
+        <v>388</v>
       </c>
       <c r="BF21" t="str">
-        <v>15.5</v>
+        <v>15.3</v>
       </c>
       <c r="BG21" t="str">
-        <v>374</v>
+        <v>372</v>
       </c>
       <c r="BH21" t="str">
-        <v>14.7</v>
+        <v>14.65</v>
       </c>
       <c r="BI21" t="str">
-        <v>354</v>
+        <v>353</v>
       </c>
       <c r="BJ21" t="str">
-        <v>13.94</v>
+        <v>13.9</v>
       </c>
       <c r="BK21" t="str">
-        <v>198</v>
+        <v>192</v>
       </c>
       <c r="BL21" t="str">
-        <v>7.8</v>
+        <v>7.56</v>
       </c>
       <c r="BM21" t="str">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="BN21" t="str">
-        <v>0.62</v>
+        <v>0.39</v>
       </c>
       <c r="BO21" t="str">
-        <v>5.4</v>
+        <v>3.8</v>
       </c>
       <c r="BP21" t="str">
-        <v>11.9</v>
+        <v>8.38</v>
       </c>
       <c r="BR21" t="str">
-        <v>MMD9028M</v>
-[...4 lines deleted...]
-      <c r="BT21" t="str">
+        <v>MMD5508</v>
+      </c>
+      <c r="BY21" t="str">
         <v>1</v>
       </c>
-      <c r="BU21" t="str">
-[...9 lines deleted...]
-        <v>19.69x19.49x10.83</v>
+      <c r="BZ21" t="str">
+        <v>17</v>
+      </c>
+      <c r="CA21" t="str">
+        <v>Triple Roll</v>
+      </c>
+      <c r="CB21" t="str">
+        <v>Single</v>
+      </c>
+      <c r="CC21" t="str">
+        <v>5.3</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
-        <v>15CXN88</v>
+        <v>15CX40</v>
       </c>
       <c r="B22">
         <v>15</v>
       </c>
       <c r="C22" t="str">
         <v>380</v>
       </c>
       <c r="D22" t="str">
         <v>15</v>
       </c>
       <c r="E22" t="str">
         <v>8</v>
       </c>
       <c r="F22" t="str">
         <v>45</v>
       </c>
       <c r="G22" t="str">
-        <v>18,000</v>
+        <v>20,000</v>
       </c>
       <c r="H22" t="str">
         <v>80</v>
       </c>
       <c r="I22" t="str">
         <v>380</v>
       </c>
       <c r="J22" t="str">
         <v>15</v>
       </c>
       <c r="K22" t="str">
         <v>8</v>
       </c>
       <c r="L22" t="str">
         <v>5.8</v>
       </c>
       <c r="M22" t="str">
-        <v>500</v>
+        <v>400</v>
       </c>
       <c r="N22" t="str">
-        <v>1,000</v>
+        <v>800</v>
       </c>
       <c r="O22" t="str">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="P22" t="str">
-        <v>88</v>
+        <v>76</v>
       </c>
       <c r="Q22" t="str">
-        <v>3.5</v>
+        <v>3</v>
       </c>
       <c r="R22" t="str">
         <v>Aluminium</v>
       </c>
-      <c r="S22" t="str">
-[...16 lines deleted...]
-      </c>
       <c r="Y22" t="str">
         <v>WP Waterproof Front Side</v>
       </c>
       <c r="Z22" t="str">
         <v>380</v>
       </c>
       <c r="AA22" t="str">
         <v>15</v>
       </c>
       <c r="AB22" t="str">
         <v>8</v>
       </c>
       <c r="AC22" t="str">
-        <v>8.5</v>
+        <v>7.9</v>
       </c>
       <c r="AD22" t="str">
         <v>80</v>
       </c>
       <c r="AE22" t="str">
         <v>160</v>
       </c>
       <c r="AF22" t="str">
         <v>106</v>
       </c>
       <c r="AG22" t="str">
         <v>1.2</v>
       </c>
       <c r="AH22" t="str">
         <v>75</v>
       </c>
       <c r="AI22" t="str">
         <v>3</v>
       </c>
       <c r="AJ22" t="str">
         <v>Aluminium</v>
       </c>
-      <c r="AK22" t="str">
-[...4 lines deleted...]
-      </c>
       <c r="AM22" t="str">
         <v>Titanium</v>
       </c>
       <c r="AN22" t="str">
-        <v>Neodymium Ring</v>
+        <v>Ceramic</v>
       </c>
       <c r="AO22" t="str">
         <v>WP Waterproof Front Side</v>
       </c>
       <c r="AP22" t="str">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="AQ22" t="str">
-        <v>4.6</v>
+        <v>5.1</v>
       </c>
       <c r="AR22" t="str">
-        <v>0.31</v>
+        <v>0.46</v>
       </c>
       <c r="AS22" t="str">
-        <v>12.6</v>
+        <v>6.7</v>
       </c>
       <c r="AT22" t="str">
-        <v>0.3</v>
+        <v>0.43</v>
       </c>
       <c r="AU22" t="str">
-        <v>124</v>
+        <v>162</v>
       </c>
       <c r="AV22" t="str">
-        <v>4.38</v>
+        <v>5.7</v>
       </c>
       <c r="AW22" t="str">
         <v>855</v>
       </c>
       <c r="AX22" t="str">
-        <v>132.53</v>
+        <v>132.5</v>
       </c>
       <c r="AY22" t="str">
-        <v>4</v>
+        <v>2.8</v>
       </c>
       <c r="AZ22" t="str">
-        <v>9.5</v>
+        <v>5.5</v>
       </c>
       <c r="BA22" t="str">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="BB22" t="str">
-        <v>20.15</v>
+        <v>15.9</v>
       </c>
       <c r="BC22" t="str">
-        <v>0.95</v>
+        <v>1.1</v>
       </c>
       <c r="BD22" t="str">
-        <v>152</v>
+        <v>96</v>
       </c>
       <c r="BE22" t="str">
-        <v>393</v>
+        <v>349</v>
       </c>
       <c r="BF22" t="str">
-        <v>15.47</v>
+        <v>15.5</v>
       </c>
       <c r="BG22" t="str">
         <v>374</v>
       </c>
       <c r="BH22" t="str">
-        <v>14.72</v>
+        <v>14.7</v>
       </c>
       <c r="BI22" t="str">
-        <v>356</v>
+        <v>355</v>
       </c>
       <c r="BJ22" t="str">
-        <v>14.02</v>
+        <v>14</v>
       </c>
       <c r="BK22" t="str">
-        <v>208</v>
+        <v>219</v>
       </c>
       <c r="BL22" t="str">
-        <v>8.19</v>
+        <v>8.6</v>
       </c>
       <c r="BM22" t="str">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="BN22" t="str">
-        <v>0.59</v>
+        <v>0.62</v>
       </c>
       <c r="BO22" t="str">
-        <v>7.65</v>
+        <v>12.05</v>
       </c>
       <c r="BP22" t="str">
-        <v>16.87</v>
+        <v>26.57</v>
       </c>
       <c r="BR22" t="str">
-        <v>MMD3DTN8M</v>
+        <v>MMD3A8</v>
       </c>
       <c r="BS22" t="str">
-        <v>RCK15CXN888</v>
+        <v>RCK015CX408</v>
       </c>
       <c r="BT22" t="str">
         <v>1</v>
       </c>
       <c r="BU22" t="str">
-        <v>9.25</v>
+        <v>13.65</v>
       </c>
       <c r="BV22" t="str">
-        <v>20.39</v>
+        <v>30.09</v>
       </c>
       <c r="BW22" t="str">
         <v>500x495x275</v>
       </c>
       <c r="BX22" t="str">
         <v>19.69x19.49x10.83</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
-        <v>15FCX76</v>
+        <v>15CXN76</v>
       </c>
       <c r="B23">
         <v>15</v>
       </c>
       <c r="C23" t="str">
         <v>380</v>
       </c>
       <c r="D23" t="str">
         <v>15</v>
       </c>
       <c r="E23" t="str">
         <v>8</v>
       </c>
       <c r="F23" t="str">
         <v>40</v>
       </c>
       <c r="G23" t="str">
         <v>18,000</v>
       </c>
       <c r="H23" t="str">
         <v>80</v>
       </c>
       <c r="I23" t="str">
         <v>380</v>
       </c>
       <c r="J23" t="str">
         <v>15</v>
       </c>
       <c r="K23" t="str">
         <v>8</v>
       </c>
       <c r="L23" t="str">
         <v>6</v>
       </c>
       <c r="M23" t="str">
         <v>400</v>
       </c>
       <c r="N23" t="str">
         <v>800</v>
       </c>
       <c r="O23" t="str">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="P23" t="str">
         <v>76</v>
       </c>
       <c r="Q23" t="str">
         <v>3</v>
       </c>
       <c r="R23" t="str">
         <v>Copper</v>
       </c>
       <c r="S23" t="str">
         <v>Glass Fibre</v>
       </c>
       <c r="T23" t="str">
         <v>16.5</v>
       </c>
       <c r="U23" t="str">
         <v>0.65</v>
       </c>
       <c r="V23" t="str">
         <v>8</v>
       </c>
       <c r="W23" t="str">
         <v>0.31</v>
       </c>
       <c r="X23" t="str">
-        <v>1</v>
+        <v>1.15</v>
       </c>
       <c r="Y23" t="str">
         <v>WP Waterproof Front Side</v>
       </c>
       <c r="Z23" t="str">
         <v>380</v>
       </c>
       <c r="AA23" t="str">
         <v>15</v>
       </c>
       <c r="AB23" t="str">
         <v>8</v>
       </c>
       <c r="AC23" t="str">
-        <v>7.5</v>
+        <v>8</v>
       </c>
       <c r="AD23" t="str">
         <v>80</v>
       </c>
       <c r="AE23" t="str">
         <v>160</v>
       </c>
       <c r="AF23" t="str">
         <v>105</v>
       </c>
       <c r="AG23" t="str">
         <v>1.2</v>
       </c>
       <c r="AH23" t="str">
         <v>75</v>
       </c>
       <c r="AI23" t="str">
         <v>3</v>
       </c>
       <c r="AJ23" t="str">
         <v>Aluminium</v>
       </c>
       <c r="AK23" t="str">
         <v>0.14</v>
       </c>
       <c r="AL23" t="str">
-        <v>1.6</v>
+        <v>1.9</v>
       </c>
       <c r="AM23" t="str">
-        <v>Titanium</v>
+        <v>Polyester/Titanium</v>
       </c>
       <c r="AN23" t="str">
-        <v>Ferrite</v>
+        <v>Neodymium Ring</v>
       </c>
       <c r="AO23" t="str">
         <v>WP Waterproof Front Side</v>
       </c>
       <c r="AP23" t="str">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="AQ23" t="str">
-        <v>5.2</v>
+        <v>5.1</v>
       </c>
       <c r="AR23" t="str">
-        <v>0.47</v>
+        <v>0.3</v>
       </c>
       <c r="AS23" t="str">
-        <v>8.3</v>
+        <v>5.8</v>
       </c>
       <c r="AT23" t="str">
-        <v>0.44</v>
+        <v>0.28</v>
       </c>
       <c r="AU23" t="str">
-        <v>187</v>
+        <v>246</v>
       </c>
       <c r="AV23" t="str">
-        <v>6.6</v>
+        <v>8.6</v>
       </c>
       <c r="AW23" t="str">
         <v>855</v>
       </c>
       <c r="AX23" t="str">
         <v>132.5</v>
       </c>
       <c r="AY23" t="str">
-        <v>2.5</v>
+        <v>3.7</v>
       </c>
       <c r="AZ23" t="str">
-        <v>7.5</v>
+        <v>6</v>
       </c>
       <c r="BA23" t="str">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="BB23" t="str">
-        <v>15.6</v>
+        <v>17.8</v>
       </c>
       <c r="BC23" t="str">
-        <v>1.2</v>
+        <v>0.9</v>
       </c>
       <c r="BD23" t="str">
-        <v>85</v>
+        <v>127</v>
       </c>
       <c r="BE23" t="str">
         <v>393</v>
       </c>
       <c r="BF23" t="str">
         <v>15.5</v>
       </c>
       <c r="BG23" t="str">
         <v>374</v>
       </c>
       <c r="BH23" t="str">
-        <v>16.7</v>
+        <v>14.7</v>
       </c>
       <c r="BI23" t="str">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="BJ23" t="str">
-        <v>13.9</v>
+        <v>13.94</v>
       </c>
       <c r="BK23" t="str">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="BL23" t="str">
-        <v>7.83</v>
+        <v>7.8</v>
       </c>
       <c r="BM23" t="str">
         <v>16</v>
       </c>
       <c r="BN23" t="str">
         <v>0.62</v>
       </c>
       <c r="BO23" t="str">
-        <v>9</v>
+        <v>5.4</v>
       </c>
       <c r="BP23" t="str">
-        <v>19.8</v>
+        <v>11.9</v>
       </c>
       <c r="BR23" t="str">
-        <v>MMD3BTN8M</v>
+        <v>MMD9028M</v>
       </c>
       <c r="BS23" t="str">
-        <v>RCK15FCX768</v>
+        <v>RCK15CXN768</v>
       </c>
       <c r="BT23" t="str">
         <v>1</v>
       </c>
       <c r="BU23" t="str">
-        <v>10.6</v>
+        <v>7</v>
       </c>
       <c r="BV23" t="str">
-        <v>23.37</v>
+        <v>15.43</v>
       </c>
       <c r="BW23" t="str">
         <v>500x495x275</v>
       </c>
       <c r="BX23" t="str">
         <v>19.69x19.49x10.83</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
-        <v>15FHX76</v>
+        <v>15CXN88</v>
       </c>
       <c r="B24">
         <v>15</v>
       </c>
       <c r="C24" t="str">
         <v>380</v>
       </c>
       <c r="D24" t="str">
         <v>15</v>
       </c>
       <c r="E24" t="str">
         <v>8</v>
       </c>
       <c r="F24" t="str">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="G24" t="str">
         <v>18,000</v>
       </c>
       <c r="H24" t="str">
-        <v>60</v>
+        <v>80</v>
       </c>
       <c r="I24" t="str">
         <v>380</v>
       </c>
       <c r="J24" t="str">
         <v>15</v>
       </c>
       <c r="K24" t="str">
         <v>8</v>
       </c>
       <c r="L24" t="str">
-        <v>6</v>
+        <v>5.8</v>
       </c>
       <c r="M24" t="str">
-        <v>400</v>
+        <v>500</v>
       </c>
       <c r="N24" t="str">
-        <v>800</v>
+        <v>1,000</v>
       </c>
       <c r="O24" t="str">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="P24" t="str">
-        <v>76</v>
+        <v>88</v>
       </c>
       <c r="Q24" t="str">
-        <v>3</v>
+        <v>3.5</v>
       </c>
       <c r="R24" t="str">
-        <v>Copper</v>
+        <v>Aluminium</v>
       </c>
       <c r="S24" t="str">
         <v>Glass Fibre</v>
       </c>
       <c r="T24" t="str">
-        <v>16.5</v>
+        <v>22</v>
       </c>
       <c r="U24" t="str">
-        <v>0.65</v>
+        <v>0.87</v>
       </c>
       <c r="V24" t="str">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="W24" t="str">
-        <v>0.31</v>
+        <v>0.43</v>
       </c>
       <c r="X24" t="str">
-        <v>1.15</v>
+        <v>1.2</v>
       </c>
       <c r="Y24" t="str">
         <v>WP Waterproof Front Side</v>
       </c>
       <c r="Z24" t="str">
         <v>380</v>
       </c>
       <c r="AA24" t="str">
         <v>15</v>
       </c>
       <c r="AB24" t="str">
         <v>8</v>
       </c>
       <c r="AC24" t="str">
-        <v>7.5</v>
+        <v>8.5</v>
       </c>
       <c r="AD24" t="str">
         <v>80</v>
       </c>
       <c r="AE24" t="str">
         <v>160</v>
       </c>
       <c r="AF24" t="str">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="AG24" t="str">
         <v>1.2</v>
       </c>
       <c r="AH24" t="str">
         <v>75</v>
       </c>
       <c r="AI24" t="str">
         <v>3</v>
       </c>
       <c r="AJ24" t="str">
         <v>Aluminium</v>
       </c>
       <c r="AK24" t="str">
         <v>0.14</v>
       </c>
       <c r="AL24" t="str">
-        <v>1.6</v>
+        <v>1.75</v>
       </c>
       <c r="AM24" t="str">
         <v>Titanium</v>
       </c>
       <c r="AN24" t="str">
-        <v>Ferrite</v>
+        <v>Neodymium Ring</v>
       </c>
       <c r="AO24" t="str">
         <v>WP Waterproof Front Side</v>
       </c>
       <c r="AP24" t="str">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="AQ24" t="str">
-        <v>5.2</v>
+        <v>4.6</v>
       </c>
       <c r="AR24" t="str">
-        <v>0.47</v>
+        <v>0.31</v>
       </c>
       <c r="AS24" t="str">
-        <v>5.2</v>
+        <v>12.6</v>
       </c>
       <c r="AT24" t="str">
-        <v>0.43</v>
+        <v>0.3</v>
       </c>
       <c r="AU24" t="str">
-        <v>186</v>
+        <v>124</v>
       </c>
       <c r="AV24" t="str">
-        <v>6.56</v>
+        <v>4.38</v>
       </c>
       <c r="AW24" t="str">
         <v>855</v>
       </c>
       <c r="AX24" t="str">
-        <v>132.5</v>
+        <v>132.53</v>
       </c>
       <c r="AY24" t="str">
-        <v>2.4</v>
+        <v>4</v>
       </c>
       <c r="AZ24" t="str">
-        <v>7</v>
+        <v>9.5</v>
       </c>
       <c r="BA24" t="str">
-        <v>88</v>
+        <v>94</v>
       </c>
       <c r="BB24" t="str">
-        <v>15.5</v>
+        <v>20.15</v>
       </c>
       <c r="BC24" t="str">
-        <v>1.5</v>
+        <v>0.95</v>
       </c>
       <c r="BD24" t="str">
-        <v>85</v>
+        <v>152</v>
       </c>
       <c r="BE24" t="str">
         <v>393</v>
       </c>
       <c r="BF24" t="str">
-        <v>15.5</v>
+        <v>15.47</v>
       </c>
       <c r="BG24" t="str">
         <v>374</v>
       </c>
       <c r="BH24" t="str">
-        <v>14.7</v>
+        <v>14.72</v>
       </c>
       <c r="BI24" t="str">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="BJ24" t="str">
-        <v>13.94</v>
+        <v>14.02</v>
       </c>
       <c r="BK24" t="str">
-        <v>199</v>
+        <v>208</v>
       </c>
       <c r="BL24" t="str">
-        <v>7.83</v>
+        <v>8.19</v>
       </c>
       <c r="BM24" t="str">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="BN24" t="str">
-        <v>0.62</v>
+        <v>0.59</v>
       </c>
       <c r="BO24" t="str">
-        <v>9.2</v>
+        <v>7.65</v>
       </c>
       <c r="BP24" t="str">
-        <v>20.28</v>
+        <v>16.87</v>
       </c>
       <c r="BR24" t="str">
-        <v>MMD3BTN8M</v>
+        <v>MMD3DTN8M</v>
       </c>
       <c r="BS24" t="str">
-        <v>RCK15FHX768</v>
+        <v>RCK15CXN888</v>
       </c>
       <c r="BT24" t="str">
         <v>1</v>
       </c>
       <c r="BU24" t="str">
-        <v>10.8</v>
+        <v>9.25</v>
       </c>
       <c r="BV24" t="str">
-        <v>23.81</v>
+        <v>20.39</v>
       </c>
       <c r="BW24" t="str">
         <v>500x495x275</v>
       </c>
       <c r="BX24" t="str">
         <v>19.69x19.49x10.83</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
-        <v>15HCX76</v>
+        <v>15FCX76</v>
       </c>
       <c r="B25">
         <v>15</v>
       </c>
       <c r="C25" t="str">
         <v>380</v>
       </c>
       <c r="D25" t="str">
         <v>15</v>
       </c>
       <c r="E25" t="str">
         <v>8</v>
       </c>
       <c r="F25" t="str">
         <v>40</v>
       </c>
       <c r="G25" t="str">
         <v>18,000</v>
       </c>
       <c r="H25" t="str">
-        <v>60</v>
+        <v>80</v>
       </c>
       <c r="I25" t="str">
         <v>380</v>
       </c>
       <c r="J25" t="str">
         <v>15</v>
       </c>
       <c r="K25" t="str">
         <v>8</v>
       </c>
       <c r="L25" t="str">
         <v>6</v>
       </c>
       <c r="M25" t="str">
         <v>400</v>
       </c>
       <c r="N25" t="str">
         <v>800</v>
       </c>
       <c r="O25" t="str">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="P25" t="str">
         <v>76</v>
       </c>
       <c r="Q25" t="str">
         <v>3</v>
       </c>
       <c r="R25" t="str">
         <v>Copper</v>
       </c>
       <c r="S25" t="str">
         <v>Glass Fibre</v>
       </c>
       <c r="T25" t="str">
         <v>16.5</v>
       </c>
       <c r="U25" t="str">
         <v>0.65</v>
       </c>
       <c r="V25" t="str">
         <v>8</v>
       </c>
       <c r="W25" t="str">
         <v>0.31</v>
       </c>
       <c r="X25" t="str">
-        <v>1.15</v>
+        <v>1</v>
       </c>
       <c r="Y25" t="str">
         <v>WP Waterproof Front Side</v>
       </c>
       <c r="Z25" t="str">
         <v>380</v>
       </c>
       <c r="AA25" t="str">
         <v>15</v>
       </c>
       <c r="AB25" t="str">
         <v>8</v>
       </c>
       <c r="AC25" t="str">
-        <v>8</v>
+        <v>7.5</v>
       </c>
       <c r="AD25" t="str">
         <v>80</v>
       </c>
       <c r="AE25" t="str">
         <v>160</v>
       </c>
       <c r="AF25" t="str">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="AG25" t="str">
         <v>1.2</v>
       </c>
       <c r="AH25" t="str">
         <v>75</v>
       </c>
       <c r="AI25" t="str">
         <v>3</v>
       </c>
       <c r="AJ25" t="str">
         <v>Aluminium</v>
       </c>
       <c r="AK25" t="str">
         <v>0.14</v>
       </c>
       <c r="AL25" t="str">
-        <v>1.9</v>
+        <v>1.6</v>
       </c>
       <c r="AM25" t="str">
         <v>Titanium</v>
       </c>
       <c r="AN25" t="str">
-        <v>Neodymium Ring</v>
+        <v>Ferrite</v>
       </c>
       <c r="AO25" t="str">
         <v>WP Waterproof Front Side</v>
       </c>
       <c r="AP25" t="str">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AQ25" t="str">
-        <v>5.1</v>
+        <v>5.2</v>
       </c>
       <c r="AR25" t="str">
-        <v>0.3</v>
+        <v>0.47</v>
       </c>
       <c r="AS25" t="str">
-        <v>5.8</v>
+        <v>8.3</v>
       </c>
       <c r="AT25" t="str">
-        <v>0.28</v>
+        <v>0.44</v>
       </c>
       <c r="AU25" t="str">
-        <v>246</v>
+        <v>187</v>
       </c>
       <c r="AV25" t="str">
-        <v>8.6</v>
+        <v>6.6</v>
       </c>
       <c r="AW25" t="str">
         <v>855</v>
       </c>
       <c r="AX25" t="str">
         <v>132.5</v>
       </c>
       <c r="AY25" t="str">
-        <v>3.7</v>
+        <v>2.5</v>
       </c>
       <c r="AZ25" t="str">
-        <v>6</v>
+        <v>7.5</v>
       </c>
       <c r="BA25" t="str">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="BB25" t="str">
-        <v>17.8</v>
+        <v>15.6</v>
       </c>
       <c r="BC25" t="str">
-        <v>0.9</v>
+        <v>1.2</v>
       </c>
       <c r="BD25" t="str">
-        <v>127</v>
+        <v>85</v>
       </c>
       <c r="BE25" t="str">
         <v>393</v>
       </c>
       <c r="BF25" t="str">
         <v>15.5</v>
       </c>
       <c r="BG25" t="str">
         <v>374</v>
       </c>
       <c r="BH25" t="str">
-        <v>14.7</v>
+        <v>16.7</v>
       </c>
       <c r="BI25" t="str">
-        <v>354</v>
+        <v>353</v>
       </c>
       <c r="BJ25" t="str">
-        <v>13.94</v>
+        <v>13.9</v>
       </c>
       <c r="BK25" t="str">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="BL25" t="str">
-        <v>7.87</v>
+        <v>7.83</v>
       </c>
       <c r="BM25" t="str">
         <v>16</v>
       </c>
       <c r="BN25" t="str">
         <v>0.62</v>
       </c>
       <c r="BO25" t="str">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="BP25" t="str">
-        <v>13.23</v>
+        <v>19.8</v>
       </c>
       <c r="BR25" t="str">
         <v>MMD3BTN8M</v>
       </c>
       <c r="BS25" t="str">
-        <v>RCK15HCX768</v>
+        <v>RCK15FCX768</v>
       </c>
       <c r="BT25" t="str">
         <v>1</v>
       </c>
       <c r="BU25" t="str">
-        <v>7.6</v>
+        <v>10.6</v>
       </c>
       <c r="BV25" t="str">
-        <v>16.76</v>
+        <v>23.37</v>
       </c>
       <c r="BW25" t="str">
         <v>500x495x275</v>
       </c>
       <c r="BX25" t="str">
         <v>19.69x19.49x10.83</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
-        <v>4CXN36</v>
+        <v>15FHX76</v>
       </c>
       <c r="B26">
-        <v>4</v>
+        <v>15</v>
       </c>
       <c r="C26" t="str">
-        <v>100</v>
+        <v>380</v>
       </c>
       <c r="D26" t="str">
-        <v>4</v>
+        <v>15</v>
       </c>
       <c r="E26" t="str">
         <v>8</v>
       </c>
       <c r="F26" t="str">
-        <v>110</v>
+        <v>40</v>
       </c>
       <c r="G26" t="str">
         <v>18,000</v>
       </c>
       <c r="H26" t="str">
-        <v>70</v>
+        <v>60</v>
       </c>
       <c r="I26" t="str">
-        <v>100</v>
+        <v>380</v>
       </c>
       <c r="J26" t="str">
-        <v>4</v>
+        <v>15</v>
       </c>
       <c r="K26" t="str">
         <v>8</v>
       </c>
       <c r="L26" t="str">
-        <v>6.5</v>
+        <v>6</v>
       </c>
       <c r="M26" t="str">
-        <v>100</v>
+        <v>400</v>
       </c>
       <c r="N26" t="str">
-        <v>200</v>
+        <v>800</v>
       </c>
       <c r="O26" t="str">
-        <v>86</v>
+        <v>98</v>
       </c>
       <c r="P26" t="str">
-        <v>34</v>
+        <v>76</v>
       </c>
       <c r="Q26" t="str">
-        <v>1.3</v>
+        <v>3</v>
       </c>
       <c r="R26" t="str">
         <v>Copper</v>
       </c>
       <c r="S26" t="str">
         <v>Glass Fibre</v>
       </c>
       <c r="T26" t="str">
-        <v>11</v>
+        <v>16.5</v>
       </c>
       <c r="U26" t="str">
-        <v>0.43</v>
+        <v>0.65</v>
       </c>
       <c r="V26" t="str">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="W26" t="str">
-        <v>0.24</v>
+        <v>0.31</v>
       </c>
       <c r="X26" t="str">
-        <v>0.74</v>
+        <v>1.15</v>
       </c>
       <c r="Y26" t="str">
         <v>WP Waterproof Front Side</v>
       </c>
       <c r="Z26" t="str">
-        <v>100</v>
+        <v>380</v>
       </c>
       <c r="AA26" t="str">
-        <v>4</v>
+        <v>15</v>
       </c>
       <c r="AB26" t="str">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="AC26" t="str">
-        <v>10.2</v>
+        <v>7.5</v>
       </c>
       <c r="AD26" t="str">
-        <v>25</v>
+        <v>80</v>
       </c>
       <c r="AE26" t="str">
-        <v>50</v>
+        <v>160</v>
       </c>
       <c r="AF26" t="str">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="AG26" t="str">
-        <v>2</v>
+        <v>1.2</v>
       </c>
       <c r="AH26" t="str">
-        <v>36</v>
+        <v>75</v>
       </c>
       <c r="AI26" t="str">
-        <v>1.42</v>
+        <v>3</v>
       </c>
       <c r="AJ26" t="str">
         <v>Aluminium</v>
       </c>
       <c r="AK26" t="str">
         <v>0.14</v>
       </c>
       <c r="AL26" t="str">
-        <v>1.65</v>
+        <v>1.6</v>
       </c>
       <c r="AM26" t="str">
-        <v>HT Polymer</v>
+        <v>Titanium</v>
       </c>
       <c r="AN26" t="str">
-        <v>Neodymium Ring</v>
+        <v>Ferrite</v>
       </c>
       <c r="AO26" t="str">
         <v>WP Waterproof Front Side</v>
       </c>
       <c r="AP26" t="str">
-        <v>113</v>
+        <v>40</v>
       </c>
       <c r="AQ26" t="str">
-        <v>5.6</v>
+        <v>5.2</v>
       </c>
       <c r="AR26" t="str">
-        <v>0.9</v>
+        <v>0.47</v>
       </c>
       <c r="AS26" t="str">
-        <v>12.7</v>
+        <v>5.2</v>
       </c>
       <c r="AT26" t="str">
-        <v>0.83</v>
+        <v>0.43</v>
       </c>
       <c r="AU26" t="str">
+        <v>186</v>
+      </c>
+      <c r="AV26" t="str">
+        <v>6.56</v>
+      </c>
+      <c r="AW26" t="str">
+        <v>855</v>
+      </c>
+      <c r="AX26" t="str">
+        <v>132.5</v>
+      </c>
+      <c r="AY26" t="str">
+        <v>2.4</v>
+      </c>
+      <c r="AZ26" t="str">
+        <v>7</v>
+      </c>
+      <c r="BA26" t="str">
+        <v>88</v>
+      </c>
+      <c r="BB26" t="str">
+        <v>15.5</v>
+      </c>
+      <c r="BC26" t="str">
         <v>1.5</v>
       </c>
-      <c r="AV26" t="str">
-[...22 lines deleted...]
-      </c>
       <c r="BD26" t="str">
-        <v>126</v>
+        <v>85</v>
       </c>
       <c r="BE26" t="str">
-        <v>127</v>
+        <v>393</v>
       </c>
       <c r="BF26" t="str">
-        <v>5</v>
+        <v>15.5</v>
       </c>
       <c r="BG26" t="str">
-        <v>114</v>
+        <v>374</v>
       </c>
       <c r="BH26" t="str">
-        <v>4.51</v>
+        <v>14.7</v>
       </c>
       <c r="BI26" t="str">
-        <v>103</v>
+        <v>354</v>
       </c>
       <c r="BJ26" t="str">
-        <v>4.06</v>
+        <v>13.94</v>
       </c>
       <c r="BK26" t="str">
-        <v>84</v>
+        <v>199</v>
       </c>
       <c r="BL26" t="str">
-        <v>3.31</v>
+        <v>7.83</v>
       </c>
       <c r="BM26" t="str">
-        <v>3</v>
+        <v>16</v>
       </c>
       <c r="BN26" t="str">
-        <v>0.12</v>
+        <v>0.62</v>
       </c>
       <c r="BO26" t="str">
-        <v>0.55</v>
+        <v>9.2</v>
       </c>
       <c r="BP26" t="str">
-        <v>1.21</v>
+        <v>20.28</v>
       </c>
       <c r="BR26" t="str">
-        <v>MMDDE11016</v>
+        <v>MMD3BTN8M</v>
       </c>
       <c r="BS26" t="str">
-        <v>RCK004CXN368</v>
+        <v>RCK15FHX768</v>
       </c>
       <c r="BT26" t="str">
         <v>1</v>
       </c>
       <c r="BU26" t="str">
-        <v>0.76</v>
+        <v>10.8</v>
       </c>
       <c r="BV26" t="str">
-        <v>1.68</v>
+        <v>23.81</v>
       </c>
       <c r="BW26" t="str">
-        <v>210x210x125</v>
+        <v>500x495x275</v>
       </c>
       <c r="BX26" t="str">
-        <v>8.27x8.27x4.92</v>
+        <v>19.69x19.49x10.83</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
-        <v>4CXN36</v>
+        <v>15HCX76</v>
       </c>
       <c r="B27">
-        <v>4</v>
+        <v>15</v>
       </c>
       <c r="C27" t="str">
-        <v>100</v>
+        <v>380</v>
       </c>
       <c r="D27" t="str">
-        <v>4</v>
+        <v>15</v>
       </c>
       <c r="E27" t="str">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="F27" t="str">
-        <v>110</v>
+        <v>40</v>
       </c>
       <c r="G27" t="str">
         <v>18,000</v>
       </c>
       <c r="H27" t="str">
-        <v>70</v>
+        <v>60</v>
       </c>
       <c r="I27" t="str">
-        <v>100</v>
+        <v>380</v>
       </c>
       <c r="J27" t="str">
-        <v>4</v>
+        <v>15</v>
       </c>
       <c r="K27" t="str">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="L27" t="str">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="M27" t="str">
-        <v>100</v>
+        <v>400</v>
       </c>
       <c r="N27" t="str">
-        <v>200</v>
+        <v>800</v>
       </c>
       <c r="O27" t="str">
-        <v>86</v>
+        <v>99</v>
       </c>
       <c r="P27" t="str">
-        <v>34</v>
+        <v>76</v>
       </c>
       <c r="Q27" t="str">
-        <v>1.3</v>
+        <v>3</v>
       </c>
       <c r="R27" t="str">
         <v>Copper</v>
       </c>
       <c r="S27" t="str">
         <v>Glass Fibre</v>
       </c>
       <c r="T27" t="str">
-        <v>11.2</v>
+        <v>16.5</v>
       </c>
       <c r="U27" t="str">
-        <v>0.44</v>
+        <v>0.65</v>
       </c>
       <c r="V27" t="str">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="W27" t="str">
-        <v>0.24</v>
+        <v>0.31</v>
       </c>
       <c r="X27" t="str">
-        <v>0.74</v>
+        <v>1.15</v>
       </c>
       <c r="Y27" t="str">
         <v>WP Waterproof Front Side</v>
       </c>
       <c r="Z27" t="str">
-        <v>100</v>
+        <v>380</v>
       </c>
       <c r="AA27" t="str">
-        <v>4</v>
+        <v>15</v>
       </c>
       <c r="AB27" t="str">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="AC27" t="str">
-        <v>10.2</v>
+        <v>8</v>
       </c>
       <c r="AD27" t="str">
-        <v>25</v>
+        <v>80</v>
       </c>
       <c r="AE27" t="str">
-        <v>50</v>
+        <v>160</v>
       </c>
       <c r="AF27" t="str">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="AG27" t="str">
-        <v>2</v>
+        <v>1.2</v>
       </c>
       <c r="AH27" t="str">
-        <v>36</v>
+        <v>75</v>
       </c>
       <c r="AI27" t="str">
-        <v>1.4</v>
+        <v>3</v>
       </c>
       <c r="AJ27" t="str">
         <v>Aluminium</v>
       </c>
       <c r="AK27" t="str">
         <v>0.14</v>
       </c>
       <c r="AL27" t="str">
-        <v>1.65</v>
+        <v>1.9</v>
       </c>
       <c r="AM27" t="str">
-        <v>HT Polymer</v>
+        <v>Titanium</v>
       </c>
       <c r="AN27" t="str">
         <v>Neodymium Ring</v>
       </c>
       <c r="AO27" t="str">
         <v>WP Waterproof Front Side</v>
       </c>
       <c r="AP27" t="str">
-        <v>110</v>
+        <v>38</v>
       </c>
       <c r="AQ27" t="str">
-        <v>10.9</v>
+        <v>5.1</v>
       </c>
       <c r="AR27" t="str">
-        <v>1.05</v>
+        <v>0.3</v>
       </c>
       <c r="AS27" t="str">
-        <v>12.1</v>
+        <v>5.8</v>
       </c>
       <c r="AT27" t="str">
-        <v>0.97</v>
+        <v>0.28</v>
       </c>
       <c r="AU27" t="str">
-        <v>1.6</v>
+        <v>246</v>
       </c>
       <c r="AV27" t="str">
-        <v>0.06</v>
+        <v>8.6</v>
       </c>
       <c r="AW27" t="str">
-        <v>56</v>
+        <v>855</v>
       </c>
       <c r="AX27" t="str">
-        <v>8.68</v>
+        <v>132.5</v>
       </c>
       <c r="AY27" t="str">
-        <v>0.19</v>
+        <v>3.7</v>
       </c>
       <c r="AZ27" t="str">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="BA27" t="str">
-        <v>5.8</v>
+        <v>82</v>
       </c>
       <c r="BB27" t="str">
-        <v>6.43</v>
+        <v>17.8</v>
       </c>
       <c r="BC27" t="str">
-        <v>1.26</v>
+        <v>0.9</v>
       </c>
       <c r="BD27" t="str">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="BE27" t="str">
-        <v>127</v>
+        <v>393</v>
       </c>
       <c r="BF27" t="str">
-        <v>5</v>
+        <v>15.5</v>
       </c>
       <c r="BG27" t="str">
-        <v>114</v>
+        <v>374</v>
       </c>
       <c r="BH27" t="str">
-        <v>4.51</v>
+        <v>14.7</v>
       </c>
       <c r="BI27" t="str">
-        <v>103</v>
+        <v>354</v>
       </c>
       <c r="BJ27" t="str">
-        <v>4.06</v>
+        <v>13.94</v>
       </c>
       <c r="BK27" t="str">
-        <v>84</v>
+        <v>200</v>
       </c>
       <c r="BL27" t="str">
-        <v>3.31</v>
+        <v>7.87</v>
       </c>
       <c r="BM27" t="str">
-        <v>3</v>
+        <v>16</v>
       </c>
       <c r="BN27" t="str">
-        <v>0.12</v>
+        <v>0.62</v>
       </c>
       <c r="BO27" t="str">
-        <v>0.55</v>
+        <v>6</v>
       </c>
       <c r="BP27" t="str">
-        <v>1.21</v>
+        <v>13.23</v>
       </c>
       <c r="BR27" t="str">
-        <v>MMDDE11016</v>
+        <v>MMD3BTN8M</v>
       </c>
       <c r="BS27" t="str">
-        <v>RCK004CXN1616</v>
+        <v>RCK15HCX768</v>
       </c>
       <c r="BT27" t="str">
         <v>1</v>
       </c>
       <c r="BU27" t="str">
-        <v>0.76</v>
+        <v>7.6</v>
       </c>
       <c r="BV27" t="str">
-        <v>1.68</v>
+        <v>16.76</v>
       </c>
       <c r="BW27" t="str">
-        <v>210x210x125</v>
+        <v>500x495x275</v>
       </c>
       <c r="BX27" t="str">
-        <v>8.27x8.27x4.92</v>
+        <v>19.69x19.49x10.83</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
-        <v>4MCX36</v>
+        <v>4CXN36</v>
       </c>
       <c r="B28">
         <v>4</v>
       </c>
       <c r="C28" t="str">
         <v>100</v>
       </c>
       <c r="D28" t="str">
         <v>4</v>
       </c>
       <c r="E28" t="str">
         <v>8</v>
       </c>
       <c r="F28" t="str">
-        <v>150</v>
+        <v>110</v>
       </c>
       <c r="G28" t="str">
         <v>18,000</v>
       </c>
       <c r="H28" t="str">
         <v>70</v>
       </c>
       <c r="I28" t="str">
         <v>100</v>
       </c>
       <c r="J28" t="str">
         <v>4</v>
       </c>
       <c r="K28" t="str">
         <v>8</v>
       </c>
       <c r="L28" t="str">
-        <v>6.8</v>
+        <v>6.5</v>
       </c>
       <c r="M28" t="str">
         <v>100</v>
       </c>
       <c r="N28" t="str">
         <v>200</v>
       </c>
       <c r="O28" t="str">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="P28" t="str">
         <v>34</v>
       </c>
       <c r="Q28" t="str">
         <v>1.3</v>
       </c>
       <c r="R28" t="str">
         <v>Copper</v>
       </c>
       <c r="S28" t="str">
         <v>Glass Fibre</v>
       </c>
       <c r="T28" t="str">
         <v>11</v>
       </c>
       <c r="U28" t="str">
         <v>0.43</v>
       </c>
       <c r="V28" t="str">
         <v>6</v>
       </c>
       <c r="W28" t="str">
         <v>0.24</v>
       </c>
@@ -6141,2431 +6138,3103 @@
       <c r="AH28" t="str">
         <v>36</v>
       </c>
       <c r="AI28" t="str">
         <v>1.42</v>
       </c>
       <c r="AJ28" t="str">
         <v>Aluminium</v>
       </c>
       <c r="AK28" t="str">
         <v>0.14</v>
       </c>
       <c r="AL28" t="str">
         <v>1.65</v>
       </c>
       <c r="AM28" t="str">
         <v>HT Polymer</v>
       </c>
       <c r="AN28" t="str">
         <v>Neodymium Ring</v>
       </c>
       <c r="AO28" t="str">
         <v>WP Waterproof Front Side</v>
       </c>
       <c r="AP28" t="str">
-        <v>150</v>
+        <v>113</v>
       </c>
       <c r="AQ28" t="str">
         <v>5.6</v>
       </c>
       <c r="AR28" t="str">
-        <v>1.2</v>
+        <v>0.9</v>
       </c>
       <c r="AS28" t="str">
-        <v>3.9</v>
+        <v>12.7</v>
       </c>
       <c r="AT28" t="str">
-        <v>0.91</v>
+        <v>0.83</v>
       </c>
       <c r="AU28" t="str">
-        <v>0.8</v>
+        <v>1.5</v>
       </c>
       <c r="AV28" t="str">
-        <v>0.03</v>
+        <v>0.05</v>
       </c>
       <c r="AW28" t="str">
         <v>56</v>
       </c>
       <c r="AX28" t="str">
         <v>8.68</v>
       </c>
       <c r="AY28" t="str">
         <v>0.22</v>
       </c>
       <c r="AZ28" t="str">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="BA28" t="str">
-        <v>6.2</v>
+        <v>6</v>
       </c>
       <c r="BB28" t="str">
-        <v>5.27</v>
+        <v>5.13</v>
       </c>
       <c r="BC28" t="str">
-        <v>0.87</v>
+        <v>0.3</v>
       </c>
       <c r="BD28" t="str">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="BE28" t="str">
         <v>127</v>
       </c>
       <c r="BF28" t="str">
         <v>5</v>
       </c>
       <c r="BG28" t="str">
         <v>114</v>
       </c>
       <c r="BH28" t="str">
         <v>4.51</v>
       </c>
       <c r="BI28" t="str">
         <v>103</v>
       </c>
       <c r="BJ28" t="str">
         <v>4.06</v>
       </c>
       <c r="BK28" t="str">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="BL28" t="str">
-        <v>3.27</v>
+        <v>3.31</v>
       </c>
       <c r="BM28" t="str">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="BN28" t="str">
-        <v>0.08</v>
+        <v>0.12</v>
       </c>
       <c r="BO28" t="str">
         <v>0.55</v>
       </c>
       <c r="BP28" t="str">
         <v>1.21</v>
       </c>
       <c r="BR28" t="str">
         <v>MMDDE11016</v>
       </c>
+      <c r="BS28" t="str">
+        <v>RCK004CXN368</v>
+      </c>
       <c r="BT28" t="str">
         <v>1</v>
       </c>
       <c r="BU28" t="str">
-        <v>0.67</v>
+        <v>0.76</v>
       </c>
       <c r="BV28" t="str">
-        <v>1.48</v>
+        <v>1.68</v>
       </c>
       <c r="BW28" t="str">
-        <v>120x117x110</v>
+        <v>210x210x125</v>
       </c>
       <c r="BX28" t="str">
-        <v>4.72x4.61x4.33</v>
+        <v>8.27x8.27x4.92</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
-        <v>5CXN36</v>
+        <v>4CXN36</v>
       </c>
       <c r="B29">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="C29" t="str">
-        <v>127</v>
+        <v>100</v>
       </c>
       <c r="D29" t="str">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="E29" t="str">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="F29" t="str">
-        <v>94</v>
+        <v>110</v>
       </c>
       <c r="G29" t="str">
         <v>18,000</v>
       </c>
       <c r="H29" t="str">
         <v>70</v>
       </c>
       <c r="I29" t="str">
-        <v>127</v>
+        <v>100</v>
       </c>
       <c r="J29" t="str">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="K29" t="str">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="L29" t="str">
-        <v>6.5</v>
+        <v>12</v>
       </c>
       <c r="M29" t="str">
         <v>100</v>
       </c>
       <c r="N29" t="str">
         <v>200</v>
       </c>
       <c r="O29" t="str">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="P29" t="str">
         <v>34</v>
       </c>
       <c r="Q29" t="str">
         <v>1.3</v>
       </c>
       <c r="R29" t="str">
         <v>Copper</v>
       </c>
       <c r="S29" t="str">
         <v>Glass Fibre</v>
       </c>
       <c r="T29" t="str">
-        <v>11</v>
+        <v>11.2</v>
       </c>
       <c r="U29" t="str">
-        <v>0.43</v>
+        <v>0.44</v>
       </c>
       <c r="V29" t="str">
         <v>6</v>
       </c>
       <c r="W29" t="str">
         <v>0.24</v>
       </c>
       <c r="X29" t="str">
         <v>0.74</v>
       </c>
       <c r="Y29" t="str">
         <v>WP Waterproof Front Side</v>
       </c>
       <c r="Z29" t="str">
-        <v>127</v>
+        <v>100</v>
       </c>
       <c r="AA29" t="str">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AB29" t="str">
         <v>16</v>
       </c>
       <c r="AC29" t="str">
-        <v>10</v>
+        <v>10.2</v>
       </c>
       <c r="AD29" t="str">
         <v>25</v>
       </c>
       <c r="AE29" t="str">
         <v>50</v>
       </c>
       <c r="AF29" t="str">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="AG29" t="str">
         <v>2</v>
       </c>
       <c r="AH29" t="str">
         <v>36</v>
       </c>
       <c r="AI29" t="str">
         <v>1.4</v>
       </c>
       <c r="AJ29" t="str">
         <v>Aluminium</v>
       </c>
       <c r="AK29" t="str">
         <v>0.14</v>
       </c>
       <c r="AL29" t="str">
         <v>1.65</v>
       </c>
       <c r="AM29" t="str">
         <v>HT Polymer</v>
       </c>
       <c r="AN29" t="str">
         <v>Neodymium Ring</v>
       </c>
       <c r="AO29" t="str">
         <v>WP Waterproof Front Side</v>
       </c>
       <c r="AP29" t="str">
-        <v>95</v>
+        <v>110</v>
       </c>
       <c r="AQ29" t="str">
+        <v>10.9</v>
+      </c>
+      <c r="AR29" t="str">
+        <v>1.05</v>
+      </c>
+      <c r="AS29" t="str">
+        <v>12.1</v>
+      </c>
+      <c r="AT29" t="str">
+        <v>0.97</v>
+      </c>
+      <c r="AU29" t="str">
+        <v>1.6</v>
+      </c>
+      <c r="AV29" t="str">
+        <v>0.06</v>
+      </c>
+      <c r="AW29" t="str">
+        <v>56</v>
+      </c>
+      <c r="AX29" t="str">
+        <v>8.68</v>
+      </c>
+      <c r="AY29" t="str">
+        <v>0.19</v>
+      </c>
+      <c r="AZ29" t="str">
+        <v>5</v>
+      </c>
+      <c r="BA29" t="str">
         <v>5.8</v>
       </c>
-      <c r="AR29" t="str">
-[...28 lines deleted...]
-      </c>
       <c r="BB29" t="str">
-        <v>5.42</v>
+        <v>6.43</v>
       </c>
       <c r="BC29" t="str">
-        <v>0.89</v>
+        <v>1.26</v>
       </c>
       <c r="BD29" t="str">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="BE29" t="str">
-        <v>150</v>
+        <v>127</v>
       </c>
       <c r="BF29" t="str">
-        <v>5.91</v>
+        <v>5</v>
       </c>
       <c r="BG29" t="str">
-        <v>138</v>
+        <v>114</v>
       </c>
       <c r="BH29" t="str">
-        <v>5.43</v>
+        <v>4.51</v>
       </c>
       <c r="BI29" t="str">
-        <v>123</v>
+        <v>103</v>
       </c>
       <c r="BJ29" t="str">
-        <v>4.84</v>
+        <v>4.06</v>
       </c>
       <c r="BK29" t="str">
-        <v>87</v>
+        <v>84</v>
       </c>
       <c r="BL29" t="str">
-        <v>3.43</v>
+        <v>3.31</v>
       </c>
       <c r="BM29" t="str">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="BN29" t="str">
-        <v>0.28</v>
+        <v>0.12</v>
       </c>
       <c r="BO29" t="str">
-        <v>0.65</v>
+        <v>0.55</v>
       </c>
       <c r="BP29" t="str">
-        <v>1.43</v>
+        <v>1.21</v>
       </c>
       <c r="BR29" t="str">
         <v>MMDDE11016</v>
       </c>
       <c r="BS29" t="str">
-        <v>RCK005CXN368</v>
+        <v>RCK004CXN1616</v>
       </c>
       <c r="BT29" t="str">
         <v>1</v>
       </c>
       <c r="BU29" t="str">
-        <v>1.13</v>
+        <v>0.76</v>
       </c>
       <c r="BV29" t="str">
-        <v>2.49</v>
+        <v>1.68</v>
       </c>
       <c r="BW29" t="str">
-        <v>255x255x150</v>
+        <v>210x210x125</v>
       </c>
       <c r="BX29" t="str">
-        <v>10.04x10.04x5.91</v>
+        <v>8.27x8.27x4.92</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
-        <v>5CXN44</v>
+        <v>4MCX36</v>
       </c>
       <c r="B30">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="C30" t="str">
-        <v>127</v>
+        <v>100</v>
       </c>
       <c r="D30" t="str">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="E30" t="str">
         <v>8</v>
       </c>
       <c r="F30" t="str">
-        <v>70</v>
+        <v>150</v>
       </c>
       <c r="G30" t="str">
         <v>18,000</v>
       </c>
       <c r="H30" t="str">
-        <v>80</v>
+        <v>70</v>
       </c>
       <c r="I30" t="str">
-        <v>127</v>
+        <v>100</v>
       </c>
       <c r="J30" t="str">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="K30" t="str">
         <v>8</v>
       </c>
       <c r="L30" t="str">
-        <v>6.1</v>
+        <v>6.8</v>
       </c>
       <c r="M30" t="str">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="N30" t="str">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="O30" t="str">
-        <v>86.5</v>
+        <v>87</v>
       </c>
       <c r="P30" t="str">
-        <v>44</v>
+        <v>34</v>
       </c>
       <c r="Q30" t="str">
-        <v>1.7</v>
+        <v>1.3</v>
       </c>
       <c r="R30" t="str">
         <v>Copper</v>
       </c>
       <c r="S30" t="str">
-        <v>Kapton</v>
+        <v>Glass Fibre</v>
       </c>
       <c r="T30" t="str">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="U30" t="str">
-        <v>0.55</v>
+        <v>0.43</v>
       </c>
       <c r="V30" t="str">
         <v>6</v>
       </c>
       <c r="W30" t="str">
         <v>0.24</v>
       </c>
       <c r="X30" t="str">
-        <v>0.95</v>
+        <v>0.74</v>
       </c>
       <c r="Y30" t="str">
         <v>WP Waterproof Front Side</v>
       </c>
       <c r="Z30" t="str">
-        <v>127</v>
+        <v>100</v>
       </c>
       <c r="AA30" t="str">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AB30" t="str">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="AC30" t="str">
-        <v>7.5</v>
+        <v>10.2</v>
       </c>
       <c r="AD30" t="str">
         <v>25</v>
       </c>
       <c r="AE30" t="str">
         <v>50</v>
       </c>
       <c r="AF30" t="str">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="AG30" t="str">
         <v>2</v>
       </c>
       <c r="AH30" t="str">
         <v>36</v>
       </c>
       <c r="AI30" t="str">
-        <v>1.4</v>
+        <v>1.42</v>
       </c>
       <c r="AJ30" t="str">
-        <v>Aluminum</v>
+        <v>Aluminium</v>
       </c>
       <c r="AK30" t="str">
         <v>0.14</v>
       </c>
       <c r="AL30" t="str">
-        <v>1.54</v>
+        <v>1.65</v>
       </c>
       <c r="AM30" t="str">
         <v>HT Polymer</v>
       </c>
       <c r="AN30" t="str">
         <v>Neodymium Ring</v>
       </c>
       <c r="AO30" t="str">
         <v>WP Waterproof Front Side</v>
       </c>
       <c r="AP30" t="str">
-        <v>70</v>
+        <v>150</v>
       </c>
       <c r="AQ30" t="str">
-        <v>4.7</v>
+        <v>5.6</v>
       </c>
       <c r="AR30" t="str">
-        <v>0.47</v>
+        <v>1.2</v>
       </c>
       <c r="AS30" t="str">
-        <v>9.6</v>
+        <v>3.9</v>
       </c>
       <c r="AT30" t="str">
-        <v>0.45</v>
+        <v>0.91</v>
       </c>
       <c r="AU30" t="str">
-        <v>4.3</v>
+        <v>0.8</v>
       </c>
       <c r="AV30" t="str">
-        <v>0.15</v>
+        <v>0.03</v>
       </c>
       <c r="AW30" t="str">
-        <v>95</v>
+        <v>56</v>
       </c>
       <c r="AX30" t="str">
-        <v>14.73</v>
+        <v>8.68</v>
       </c>
       <c r="AY30" t="str">
-        <v>0.31</v>
+        <v>0.22</v>
       </c>
       <c r="AZ30" t="str">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="BA30" t="str">
-        <v>15</v>
+        <v>6.2</v>
       </c>
       <c r="BB30" t="str">
-        <v>8.1</v>
+        <v>5.27</v>
       </c>
       <c r="BC30" t="str">
-        <v>0.37</v>
+        <v>0.87</v>
       </c>
       <c r="BD30" t="str">
-        <v>149</v>
+        <v>125</v>
       </c>
       <c r="BE30" t="str">
-        <v>155</v>
+        <v>127</v>
       </c>
       <c r="BF30" t="str">
-        <v>6.1</v>
+        <v>5</v>
       </c>
       <c r="BG30" t="str">
-        <v>142</v>
+        <v>114</v>
       </c>
       <c r="BH30" t="str">
-        <v>5.6</v>
+        <v>4.51</v>
       </c>
       <c r="BI30" t="str">
-        <v>122</v>
+        <v>103</v>
       </c>
       <c r="BJ30" t="str">
-        <v>4.8</v>
+        <v>4.06</v>
       </c>
       <c r="BK30" t="str">
-        <v>96</v>
+        <v>83</v>
       </c>
       <c r="BL30" t="str">
-        <v>3.78</v>
+        <v>3.27</v>
       </c>
       <c r="BM30" t="str">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="BN30" t="str">
-        <v>0.39</v>
+        <v>0.08</v>
       </c>
       <c r="BO30" t="str">
-        <v>1.15</v>
+        <v>0.55</v>
       </c>
       <c r="BP30" t="str">
-        <v>2.54</v>
+        <v>1.21</v>
       </c>
       <c r="BR30" t="str">
-        <v>MMDDE1108</v>
-[...2 lines deleted...]
-        <v>RCK005CXN448</v>
+        <v>MMDDE11016</v>
       </c>
       <c r="BT30" t="str">
         <v>1</v>
       </c>
       <c r="BU30" t="str">
-        <v>1.6</v>
+        <v>0.67</v>
       </c>
       <c r="BV30" t="str">
-        <v>3.53</v>
+        <v>1.48</v>
       </c>
       <c r="BW30" t="str">
-        <v>255x255x150</v>
+        <v>120x117x110</v>
       </c>
       <c r="BX30" t="str">
-        <v>10.04x10.04x5.91</v>
-[...11 lines deleted...]
-        <v>Vented Box</v>
+        <v>4.72x4.61x4.33</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
-        <v>5FCX44</v>
+        <v>5CXN36</v>
       </c>
       <c r="B31">
         <v>5</v>
       </c>
       <c r="C31" t="str">
         <v>127</v>
       </c>
       <c r="D31" t="str">
         <v>5</v>
       </c>
       <c r="E31" t="str">
         <v>8</v>
       </c>
       <c r="F31" t="str">
-        <v>60</v>
+        <v>94</v>
       </c>
       <c r="G31" t="str">
         <v>18,000</v>
       </c>
       <c r="H31" t="str">
         <v>70</v>
       </c>
       <c r="I31" t="str">
         <v>127</v>
       </c>
       <c r="J31" t="str">
         <v>5</v>
       </c>
       <c r="K31" t="str">
         <v>8</v>
       </c>
       <c r="L31" t="str">
         <v>6.5</v>
       </c>
       <c r="M31" t="str">
         <v>100</v>
       </c>
       <c r="N31" t="str">
         <v>200</v>
       </c>
       <c r="O31" t="str">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="P31" t="str">
-        <v>44</v>
+        <v>34</v>
       </c>
       <c r="Q31" t="str">
-        <v>1.7</v>
+        <v>1.3</v>
       </c>
       <c r="R31" t="str">
         <v>Copper</v>
       </c>
       <c r="S31" t="str">
-        <v>Kapton</v>
+        <v>Glass Fibre</v>
       </c>
       <c r="T31" t="str">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="U31" t="str">
-        <v>0.35</v>
+        <v>0.43</v>
       </c>
       <c r="V31" t="str">
         <v>6</v>
       </c>
       <c r="W31" t="str">
         <v>0.24</v>
       </c>
       <c r="X31" t="str">
-        <v>1.07</v>
+        <v>0.74</v>
       </c>
       <c r="Y31" t="str">
         <v>WP Waterproof Front Side</v>
       </c>
       <c r="Z31" t="str">
         <v>127</v>
       </c>
       <c r="AA31" t="str">
         <v>5</v>
       </c>
       <c r="AB31" t="str">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="AC31" t="str">
-        <v>6.5</v>
+        <v>10</v>
       </c>
       <c r="AD31" t="str">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="AE31" t="str">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="AF31" t="str">
-        <v>107.5</v>
+        <v>101</v>
       </c>
       <c r="AG31" t="str">
-        <v>2.5</v>
+        <v>2</v>
       </c>
       <c r="AH31" t="str">
-        <v>25</v>
+        <v>36</v>
       </c>
       <c r="AI31" t="str">
-        <v>1</v>
+        <v>1.4</v>
       </c>
       <c r="AJ31" t="str">
         <v>Aluminium</v>
       </c>
       <c r="AK31" t="str">
-        <v>0.1</v>
+        <v>0.14</v>
       </c>
       <c r="AL31" t="str">
         <v>1.65</v>
       </c>
       <c r="AM31" t="str">
-        <v>Polyester</v>
+        <v>HT Polymer</v>
       </c>
       <c r="AN31" t="str">
-        <v>Ferrite (LF) - Neodym. Ring (HF)</v>
+        <v>Neodymium Ring</v>
       </c>
       <c r="AO31" t="str">
         <v>WP Waterproof Front Side</v>
       </c>
       <c r="AP31" t="str">
-        <v>61</v>
+        <v>95</v>
       </c>
       <c r="AQ31" t="str">
-        <v>5.6</v>
+        <v>5.8</v>
       </c>
       <c r="AR31" t="str">
-        <v>0.25</v>
+        <v>0.97</v>
       </c>
       <c r="AS31" t="str">
-        <v>7.8</v>
+        <v>13.5</v>
       </c>
       <c r="AT31" t="str">
-        <v>0.25</v>
+        <v>0.9</v>
       </c>
       <c r="AU31" t="str">
-        <v>7</v>
+        <v>4.4</v>
       </c>
       <c r="AV31" t="str">
-        <v>0.25</v>
+        <v>0.16</v>
       </c>
       <c r="AW31" t="str">
         <v>95</v>
       </c>
       <c r="AX31" t="str">
-        <v>14.7</v>
+        <v>14.73</v>
       </c>
       <c r="AY31" t="str">
-        <v>0.6</v>
+        <v>0.36</v>
       </c>
       <c r="AZ31" t="str">
-        <v>5</v>
+        <v>5.5</v>
       </c>
       <c r="BA31" t="str">
-        <v>12</v>
+        <v>8.3</v>
       </c>
       <c r="BB31" t="str">
-        <v>10.5</v>
+        <v>5.42</v>
       </c>
       <c r="BC31" t="str">
-        <v>0.8</v>
+        <v>0.89</v>
       </c>
       <c r="BD31" t="str">
-        <v>244</v>
+        <v>98</v>
       </c>
       <c r="BE31" t="str">
-        <v>136</v>
+        <v>150</v>
       </c>
       <c r="BF31" t="str">
-        <v>5.35</v>
+        <v>5.91</v>
       </c>
       <c r="BG31" t="str">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="BH31" t="str">
-        <v>5.6</v>
+        <v>5.43</v>
       </c>
       <c r="BI31" t="str">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="BJ31" t="str">
-        <v>4.8</v>
+        <v>4.84</v>
       </c>
       <c r="BK31" t="str">
-        <v>110</v>
+        <v>87</v>
       </c>
       <c r="BL31" t="str">
-        <v>4.33</v>
+        <v>3.43</v>
       </c>
       <c r="BM31" t="str">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="BN31" t="str">
-        <v>0.31</v>
+        <v>0.28</v>
       </c>
       <c r="BO31" t="str">
-        <v>1.85</v>
+        <v>0.65</v>
       </c>
       <c r="BP31" t="str">
-        <v>4.1</v>
+        <v>1.43</v>
       </c>
       <c r="BR31" t="str">
-        <v>MMDDE58</v>
+        <v>MMDDE11016</v>
       </c>
       <c r="BS31" t="str">
-        <v>RCK005FCX448</v>
+        <v>RCK005CXN368</v>
       </c>
       <c r="BT31" t="str">
         <v>1</v>
       </c>
       <c r="BU31" t="str">
-        <v>2.3</v>
+        <v>1.13</v>
       </c>
       <c r="BV31" t="str">
-        <v>5.07</v>
+        <v>2.49</v>
       </c>
       <c r="BW31" t="str">
         <v>255x255x150</v>
       </c>
       <c r="BX31" t="str">
         <v>10.04x10.04x5.91</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
-        <v>6CXN36</v>
+        <v>5CXN44</v>
       </c>
       <c r="B32">
-        <v>6.5</v>
+        <v>5</v>
       </c>
       <c r="C32" t="str">
-        <v>165</v>
+        <v>127</v>
       </c>
       <c r="D32" t="str">
-        <v>6.5</v>
+        <v>5</v>
       </c>
       <c r="E32" t="str">
         <v>8</v>
       </c>
       <c r="F32" t="str">
-        <v>90</v>
+        <v>70</v>
       </c>
       <c r="G32" t="str">
         <v>18,000</v>
       </c>
       <c r="H32" t="str">
-        <v>90</v>
+        <v>80</v>
       </c>
       <c r="I32" t="str">
-        <v>165</v>
+        <v>127</v>
       </c>
       <c r="J32" t="str">
-        <v>6.5</v>
+        <v>5</v>
       </c>
       <c r="K32" t="str">
         <v>8</v>
       </c>
       <c r="L32" t="str">
-        <v>6.8</v>
+        <v>6.1</v>
       </c>
       <c r="M32" t="str">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="N32" t="str">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="O32" t="str">
-        <v>90</v>
+        <v>86.5</v>
       </c>
       <c r="P32" t="str">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="Q32" t="str">
-        <v>1.3</v>
+        <v>1.7</v>
       </c>
       <c r="R32" t="str">
         <v>Copper</v>
       </c>
       <c r="S32" t="str">
-        <v>Glass Fibre</v>
+        <v>Kapton</v>
       </c>
       <c r="T32" t="str">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="U32" t="str">
-        <v>0.43</v>
+        <v>0.55</v>
       </c>
       <c r="V32" t="str">
         <v>6</v>
       </c>
       <c r="W32" t="str">
         <v>0.24</v>
       </c>
       <c r="X32" t="str">
-        <v>0.74</v>
+        <v>0.95</v>
       </c>
       <c r="Y32" t="str">
         <v>WP Waterproof Front Side</v>
       </c>
       <c r="Z32" t="str">
-        <v>165</v>
+        <v>127</v>
       </c>
       <c r="AA32" t="str">
-        <v>6.5</v>
+        <v>5</v>
       </c>
       <c r="AB32" t="str">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="AC32" t="str">
-        <v>10.2</v>
+        <v>7.5</v>
       </c>
       <c r="AD32" t="str">
         <v>25</v>
       </c>
       <c r="AE32" t="str">
         <v>50</v>
       </c>
       <c r="AF32" t="str">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="AG32" t="str">
         <v>2</v>
       </c>
       <c r="AH32" t="str">
         <v>36</v>
       </c>
       <c r="AI32" t="str">
         <v>1.4</v>
       </c>
       <c r="AJ32" t="str">
-        <v>Aluminium</v>
+        <v>Aluminum</v>
       </c>
       <c r="AK32" t="str">
         <v>0.14</v>
       </c>
       <c r="AL32" t="str">
-        <v>1.65</v>
+        <v>1.54</v>
       </c>
       <c r="AM32" t="str">
         <v>HT Polymer</v>
       </c>
       <c r="AN32" t="str">
         <v>Neodymium Ring</v>
       </c>
       <c r="AO32" t="str">
         <v>WP Waterproof Front Side</v>
       </c>
       <c r="AP32" t="str">
-        <v>90</v>
+        <v>70</v>
       </c>
       <c r="AQ32" t="str">
-        <v>5.8</v>
+        <v>4.7</v>
       </c>
       <c r="AR32" t="str">
-        <v>1.17</v>
+        <v>0.47</v>
       </c>
       <c r="AS32" t="str">
-        <v>5</v>
+        <v>9.6</v>
       </c>
       <c r="AT32" t="str">
-        <v>0.95</v>
+        <v>0.45</v>
       </c>
       <c r="AU32" t="str">
-        <v>7.5</v>
+        <v>4.3</v>
       </c>
       <c r="AV32" t="str">
-        <v>0.26</v>
+        <v>0.15</v>
       </c>
       <c r="AW32" t="str">
-        <v>132</v>
+        <v>95</v>
       </c>
       <c r="AX32" t="str">
-        <v>20.46</v>
+        <v>14.73</v>
       </c>
       <c r="AY32" t="str">
-        <v>0.45</v>
+        <v>0.31</v>
       </c>
       <c r="AZ32" t="str">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="BA32" t="str">
-        <v>10.2</v>
+        <v>15</v>
       </c>
       <c r="BB32" t="str">
-        <v>5.34</v>
+        <v>8.1</v>
       </c>
       <c r="BC32" t="str">
-        <v>0.94</v>
+        <v>0.37</v>
       </c>
       <c r="BD32" t="str">
-        <v>77</v>
+        <v>149</v>
       </c>
       <c r="BE32" t="str">
-        <v>180</v>
+        <v>155</v>
       </c>
       <c r="BF32" t="str">
-        <v>7.09</v>
+        <v>6.1</v>
       </c>
       <c r="BG32" t="str">
-        <v>165</v>
+        <v>142</v>
       </c>
       <c r="BH32" t="str">
-        <v>6.5</v>
+        <v>5.6</v>
       </c>
       <c r="BI32" t="str">
-        <v>146</v>
+        <v>122</v>
       </c>
       <c r="BJ32" t="str">
-        <v>5.75</v>
+        <v>4.8</v>
       </c>
       <c r="BK32" t="str">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="BL32" t="str">
-        <v>3.58</v>
+        <v>3.78</v>
       </c>
       <c r="BM32" t="str">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="BN32" t="str">
-        <v>0.25</v>
+        <v>0.39</v>
       </c>
       <c r="BO32" t="str">
-        <v>0.7</v>
+        <v>1.15</v>
       </c>
       <c r="BP32" t="str">
-        <v>1.54</v>
+        <v>2.54</v>
       </c>
       <c r="BR32" t="str">
-        <v>MMDDE11016</v>
+        <v>MMDDE1108</v>
       </c>
       <c r="BS32" t="str">
-        <v>RCK006CXN368</v>
+        <v>RCK005CXN448</v>
       </c>
       <c r="BT32" t="str">
         <v>1</v>
       </c>
       <c r="BU32" t="str">
-        <v>1.15</v>
+        <v>1.6</v>
       </c>
       <c r="BV32" t="str">
-        <v>2.54</v>
+        <v>3.53</v>
       </c>
       <c r="BW32" t="str">
         <v>255x255x150</v>
       </c>
       <c r="BX32" t="str">
         <v>10.04x10.04x5.91</v>
+      </c>
+      <c r="CD32" t="str">
+        <v>9</v>
+      </c>
+      <c r="CE32" t="str">
+        <v>0.32</v>
+      </c>
+      <c r="CF32" t="str">
+        <v>57</v>
+      </c>
+      <c r="CG32" t="str">
+        <v>Vented Box</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="str">
-        <v>6FHX51</v>
+        <v>5FCX44</v>
       </c>
       <c r="B33">
-        <v>6.5</v>
+        <v>5</v>
       </c>
       <c r="C33" t="str">
-        <v>170</v>
+        <v>127</v>
       </c>
       <c r="D33" t="str">
-        <v>6.5</v>
+        <v>5</v>
       </c>
       <c r="E33" t="str">
         <v>8</v>
       </c>
       <c r="F33" t="str">
-        <v>85</v>
+        <v>60</v>
       </c>
       <c r="G33" t="str">
         <v>18,000</v>
       </c>
       <c r="H33" t="str">
         <v>70</v>
       </c>
       <c r="I33" t="str">
-        <v>170</v>
+        <v>127</v>
       </c>
       <c r="J33" t="str">
-        <v>6.5</v>
+        <v>5</v>
       </c>
       <c r="K33" t="str">
         <v>8</v>
       </c>
       <c r="L33" t="str">
         <v>6.5</v>
       </c>
       <c r="M33" t="str">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="N33" t="str">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="O33" t="str">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="P33" t="str">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="Q33" t="str">
-        <v>2</v>
+        <v>1.7</v>
       </c>
       <c r="R33" t="str">
         <v>Copper</v>
       </c>
       <c r="S33" t="str">
         <v>Kapton</v>
       </c>
       <c r="T33" t="str">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="U33" t="str">
-        <v>0.51</v>
+        <v>0.35</v>
       </c>
       <c r="V33" t="str">
         <v>6</v>
       </c>
       <c r="W33" t="str">
         <v>0.24</v>
       </c>
       <c r="X33" t="str">
-        <v>1.05</v>
+        <v>1.07</v>
       </c>
       <c r="Y33" t="str">
         <v>WP Waterproof Front Side</v>
       </c>
       <c r="Z33" t="str">
-        <v>170</v>
+        <v>127</v>
       </c>
       <c r="AA33" t="str">
+        <v>5</v>
+      </c>
+      <c r="AB33" t="str">
+        <v>8</v>
+      </c>
+      <c r="AC33" t="str">
         <v>6.5</v>
-      </c>
-[...4 lines deleted...]
-        <v>7</v>
       </c>
       <c r="AD33" t="str">
         <v>10</v>
       </c>
       <c r="AE33" t="str">
         <v>20</v>
       </c>
       <c r="AF33" t="str">
-        <v>108.5</v>
+        <v>107.5</v>
       </c>
       <c r="AG33" t="str">
         <v>2.5</v>
       </c>
       <c r="AH33" t="str">
         <v>25</v>
       </c>
       <c r="AI33" t="str">
         <v>1</v>
       </c>
       <c r="AJ33" t="str">
         <v>Aluminium</v>
       </c>
       <c r="AK33" t="str">
         <v>0.1</v>
       </c>
       <c r="AL33" t="str">
         <v>1.65</v>
       </c>
       <c r="AM33" t="str">
         <v>Polyester</v>
       </c>
       <c r="AN33" t="str">
         <v>Ferrite (LF) - Neodym. Ring (HF)</v>
       </c>
       <c r="AO33" t="str">
         <v>WP Waterproof Front Side</v>
       </c>
       <c r="AP33" t="str">
-        <v>85</v>
+        <v>61</v>
       </c>
       <c r="AQ33" t="str">
-        <v>5.5</v>
+        <v>5.6</v>
       </c>
       <c r="AR33" t="str">
-        <v>0.4</v>
+        <v>0.25</v>
       </c>
       <c r="AS33" t="str">
         <v>7.8</v>
       </c>
       <c r="AT33" t="str">
-        <v>0.37</v>
+        <v>0.25</v>
       </c>
       <c r="AU33" t="str">
+        <v>7</v>
+      </c>
+      <c r="AV33" t="str">
+        <v>0.25</v>
+      </c>
+      <c r="AW33" t="str">
+        <v>95</v>
+      </c>
+      <c r="AX33" t="str">
+        <v>14.7</v>
+      </c>
+      <c r="AY33" t="str">
+        <v>0.6</v>
+      </c>
+      <c r="AZ33" t="str">
         <v>5</v>
       </c>
-      <c r="AV33" t="str">
-[...13 lines deleted...]
-      </c>
       <c r="BA33" t="str">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="BB33" t="str">
-        <v>11.3</v>
+        <v>10.5</v>
       </c>
       <c r="BC33" t="str">
-        <v>1</v>
+        <v>0.8</v>
       </c>
       <c r="BD33" t="str">
-        <v>213</v>
+        <v>244</v>
       </c>
       <c r="BE33" t="str">
-        <v>187</v>
+        <v>136</v>
       </c>
       <c r="BF33" t="str">
-        <v>7.4</v>
+        <v>5.35</v>
       </c>
       <c r="BG33" t="str">
-        <v>172</v>
+        <v>142</v>
       </c>
       <c r="BH33" t="str">
-        <v>6.7</v>
+        <v>5.6</v>
       </c>
       <c r="BI33" t="str">
-        <v>146</v>
+        <v>122</v>
       </c>
       <c r="BJ33" t="str">
-        <v>5.75</v>
+        <v>4.8</v>
       </c>
       <c r="BK33" t="str">
-        <v>122</v>
+        <v>110</v>
       </c>
       <c r="BL33" t="str">
-        <v>4.8</v>
+        <v>4.33</v>
       </c>
       <c r="BM33" t="str">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="BN33" t="str">
-        <v>0.47</v>
+        <v>0.31</v>
       </c>
       <c r="BO33" t="str">
-        <v>2.6</v>
+        <v>1.85</v>
       </c>
       <c r="BP33" t="str">
-        <v>5.73</v>
+        <v>4.1</v>
       </c>
       <c r="BR33" t="str">
         <v>MMDDE58</v>
       </c>
       <c r="BS33" t="str">
-        <v>RCK06FHX518</v>
+        <v>RCK005FCX448</v>
       </c>
       <c r="BT33" t="str">
         <v>1</v>
       </c>
       <c r="BU33" t="str">
-        <v>3.05</v>
+        <v>2.3</v>
       </c>
       <c r="BV33" t="str">
-        <v>6.72</v>
+        <v>5.07</v>
       </c>
       <c r="BW33" t="str">
         <v>255x255x150</v>
       </c>
       <c r="BX33" t="str">
         <v>10.04x10.04x5.91</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="str">
-        <v>6HCX51</v>
+        <v>6CXN36</v>
       </c>
       <c r="B34">
         <v>6.5</v>
       </c>
       <c r="C34" t="str">
-        <v>170</v>
+        <v>165</v>
       </c>
       <c r="D34" t="str">
         <v>6.5</v>
       </c>
       <c r="E34" t="str">
         <v>8</v>
       </c>
       <c r="F34" t="str">
         <v>90</v>
       </c>
       <c r="G34" t="str">
         <v>18,000</v>
       </c>
       <c r="H34" t="str">
-        <v>70</v>
+        <v>90</v>
       </c>
       <c r="I34" t="str">
-        <v>170</v>
+        <v>165</v>
       </c>
       <c r="J34" t="str">
         <v>6.5</v>
       </c>
       <c r="K34" t="str">
         <v>8</v>
       </c>
       <c r="L34" t="str">
-        <v>6</v>
+        <v>6.8</v>
       </c>
       <c r="M34" t="str">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="N34" t="str">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="O34" t="str">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="P34" t="str">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="Q34" t="str">
-        <v>2</v>
+        <v>1.3</v>
       </c>
       <c r="R34" t="str">
         <v>Copper</v>
       </c>
       <c r="S34" t="str">
-        <v>Kapton</v>
+        <v>Glass Fibre</v>
       </c>
       <c r="T34" t="str">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="U34" t="str">
-        <v>0.51</v>
+        <v>0.43</v>
       </c>
       <c r="V34" t="str">
         <v>6</v>
       </c>
       <c r="W34" t="str">
         <v>0.24</v>
       </c>
       <c r="X34" t="str">
-        <v>1.1</v>
+        <v>0.74</v>
       </c>
       <c r="Y34" t="str">
-        <v>TWP Waterproof Both Sides</v>
+        <v>WP Waterproof Front Side</v>
       </c>
       <c r="Z34" t="str">
-        <v>170</v>
+        <v>165</v>
       </c>
       <c r="AA34" t="str">
         <v>6.5</v>
       </c>
       <c r="AB34" t="str">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="AC34" t="str">
-        <v>7.5</v>
+        <v>10.2</v>
       </c>
       <c r="AD34" t="str">
         <v>25</v>
       </c>
       <c r="AE34" t="str">
         <v>50</v>
       </c>
       <c r="AF34" t="str">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="AG34" t="str">
-        <v>2.2</v>
+        <v>2</v>
       </c>
       <c r="AH34" t="str">
         <v>36</v>
       </c>
       <c r="AI34" t="str">
         <v>1.4</v>
       </c>
       <c r="AJ34" t="str">
         <v>Aluminium</v>
       </c>
       <c r="AK34" t="str">
-        <v>0.06</v>
+        <v>0.14</v>
       </c>
       <c r="AL34" t="str">
-        <v>1.8</v>
+        <v>1.65</v>
       </c>
       <c r="AM34" t="str">
-        <v>Polyester</v>
+        <v>HT Polymer</v>
       </c>
       <c r="AN34" t="str">
         <v>Neodymium Ring</v>
       </c>
       <c r="AO34" t="str">
-        <v>TWP Waterproof Both Sides</v>
+        <v>WP Waterproof Front Side</v>
       </c>
       <c r="AP34" t="str">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="AQ34" t="str">
-        <v>5.2</v>
+        <v>5.8</v>
       </c>
       <c r="AR34" t="str">
-        <v>0.4</v>
+        <v>1.17</v>
       </c>
       <c r="AS34" t="str">
+        <v>5</v>
+      </c>
+      <c r="AT34" t="str">
+        <v>0.95</v>
+      </c>
+      <c r="AU34" t="str">
         <v>7.5</v>
       </c>
-      <c r="AT34" t="str">
-[...4 lines deleted...]
-      </c>
       <c r="AV34" t="str">
-        <v>0.18</v>
+        <v>0.26</v>
       </c>
       <c r="AW34" t="str">
         <v>132</v>
       </c>
       <c r="AX34" t="str">
-        <v>20.5</v>
+        <v>20.46</v>
       </c>
       <c r="AY34" t="str">
-        <v>0.8</v>
+        <v>0.45</v>
       </c>
       <c r="AZ34" t="str">
-        <v>5.5</v>
+        <v>5</v>
       </c>
       <c r="BA34" t="str">
-        <v>16</v>
+        <v>10.2</v>
       </c>
       <c r="BB34" t="str">
-        <v>10.9</v>
+        <v>5.34</v>
       </c>
       <c r="BC34" t="str">
-        <v>0.8</v>
+        <v>0.94</v>
       </c>
       <c r="BD34" t="str">
-        <v>223</v>
+        <v>77</v>
       </c>
       <c r="BE34" t="str">
-        <v>187</v>
+        <v>180</v>
       </c>
       <c r="BF34" t="str">
-        <v>7.4</v>
+        <v>7.09</v>
       </c>
       <c r="BG34" t="str">
-        <v>172</v>
+        <v>165</v>
       </c>
       <c r="BH34" t="str">
-        <v>6.7</v>
+        <v>6.5</v>
       </c>
       <c r="BI34" t="str">
         <v>146</v>
       </c>
       <c r="BJ34" t="str">
         <v>5.75</v>
       </c>
       <c r="BK34" t="str">
-        <v>104</v>
+        <v>91</v>
       </c>
       <c r="BL34" t="str">
-        <v>4.1</v>
+        <v>3.58</v>
       </c>
       <c r="BM34" t="str">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="BN34" t="str">
-        <v>0.4</v>
+        <v>0.25</v>
       </c>
       <c r="BO34" t="str">
-        <v>1.6</v>
+        <v>0.7</v>
       </c>
       <c r="BP34" t="str">
-        <v>3.53</v>
+        <v>1.54</v>
       </c>
       <c r="BR34" t="str">
-        <v>MMD0128</v>
+        <v>MMDDE11016</v>
       </c>
       <c r="BS34" t="str">
-        <v>RCK06HCX518</v>
+        <v>RCK006CXN368</v>
       </c>
       <c r="BT34" t="str">
         <v>1</v>
       </c>
       <c r="BU34" t="str">
-        <v>2.05</v>
+        <v>1.15</v>
       </c>
       <c r="BV34" t="str">
-        <v>4.52</v>
+        <v>2.54</v>
       </c>
       <c r="BW34" t="str">
         <v>255x255x150</v>
       </c>
       <c r="BX34" t="str">
         <v>10.04x10.04x5.91</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="str">
-        <v>8CX21</v>
+        <v>6FHX51</v>
       </c>
       <c r="B35">
-        <v>8</v>
+        <v>6.5</v>
       </c>
       <c r="C35" t="str">
-        <v>210</v>
+        <v>170</v>
       </c>
       <c r="D35" t="str">
-        <v>8</v>
+        <v>6.5</v>
       </c>
       <c r="E35" t="str">
         <v>8</v>
       </c>
       <c r="F35" t="str">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="G35" t="str">
-        <v>20,000</v>
+        <v>18,000</v>
       </c>
       <c r="H35" t="str">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="I35" t="str">
-        <v>210</v>
+        <v>170</v>
       </c>
       <c r="J35" t="str">
-        <v>8</v>
+        <v>6.5</v>
       </c>
       <c r="K35" t="str">
         <v>8</v>
       </c>
       <c r="L35" t="str">
-        <v>6.1</v>
+        <v>6.5</v>
       </c>
       <c r="M35" t="str">
-        <v>200</v>
+        <v>150</v>
       </c>
       <c r="N35" t="str">
-        <v>400</v>
+        <v>300</v>
       </c>
       <c r="O35" t="str">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="P35" t="str">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Q35" t="str">
         <v>2</v>
       </c>
       <c r="R35" t="str">
         <v>Copper</v>
       </c>
       <c r="S35" t="str">
         <v>Kapton</v>
       </c>
       <c r="T35" t="str">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="U35" t="str">
-        <v>0.63</v>
+        <v>0.51</v>
       </c>
       <c r="V35" t="str">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="W35" t="str">
-        <v>0.31</v>
+        <v>0.24</v>
       </c>
       <c r="X35" t="str">
-        <v>1.1</v>
+        <v>1.05</v>
       </c>
       <c r="Y35" t="str">
         <v>WP Waterproof Front Side</v>
       </c>
       <c r="Z35" t="str">
-        <v>210</v>
+        <v>170</v>
       </c>
       <c r="AA35" t="str">
-        <v>8</v>
+        <v>6.5</v>
       </c>
       <c r="AB35" t="str">
         <v>8</v>
       </c>
       <c r="AC35" t="str">
-        <v>7.2</v>
+        <v>7</v>
       </c>
       <c r="AD35" t="str">
+        <v>10</v>
+      </c>
+      <c r="AE35" t="str">
+        <v>20</v>
+      </c>
+      <c r="AF35" t="str">
+        <v>108.5</v>
+      </c>
+      <c r="AG35" t="str">
+        <v>2.5</v>
+      </c>
+      <c r="AH35" t="str">
         <v>25</v>
       </c>
-      <c r="AE35" t="str">
-[...10 lines deleted...]
-      </c>
       <c r="AI35" t="str">
-        <v>1.4</v>
+        <v>1</v>
       </c>
       <c r="AJ35" t="str">
         <v>Aluminium</v>
       </c>
       <c r="AK35" t="str">
-        <v>0.14</v>
+        <v>0.1</v>
       </c>
       <c r="AL35" t="str">
-        <v>1.45</v>
+        <v>1.65</v>
       </c>
       <c r="AM35" t="str">
         <v>Polyester</v>
       </c>
       <c r="AN35" t="str">
-        <v>Ferrite</v>
+        <v>Ferrite (LF) - Neodym. Ring (HF)</v>
       </c>
       <c r="AO35" t="str">
         <v>WP Waterproof Front Side</v>
       </c>
       <c r="AP35" t="str">
-        <v>74</v>
+        <v>85</v>
       </c>
       <c r="AQ35" t="str">
-        <v>5.2</v>
+        <v>5.5</v>
       </c>
       <c r="AR35" t="str">
-        <v>0.39</v>
+        <v>0.4</v>
       </c>
       <c r="AS35" t="str">
-        <v>4.1</v>
+        <v>7.8</v>
       </c>
       <c r="AT35" t="str">
-        <v>0.36</v>
+        <v>0.37</v>
       </c>
       <c r="AU35" t="str">
-        <v>15</v>
+        <v>5</v>
       </c>
       <c r="AV35" t="str">
-        <v>0.55</v>
+        <v>0.18</v>
       </c>
       <c r="AW35" t="str">
-        <v>220</v>
+        <v>132</v>
       </c>
       <c r="AX35" t="str">
-        <v>34.1</v>
+        <v>20.5</v>
       </c>
       <c r="AY35" t="str">
-        <v>1.5</v>
+        <v>0.83</v>
       </c>
       <c r="AZ35" t="str">
-        <v>5.5</v>
+        <v>5.7</v>
       </c>
       <c r="BA35" t="str">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="BB35" t="str">
-        <v>11.5</v>
+        <v>11.3</v>
       </c>
       <c r="BC35" t="str">
-        <v>1.2</v>
+        <v>1</v>
       </c>
       <c r="BD35" t="str">
-        <v>190</v>
+        <v>213</v>
       </c>
       <c r="BE35" t="str">
-        <v>225</v>
+        <v>187</v>
       </c>
       <c r="BF35" t="str">
-        <v>8.8</v>
+        <v>7.4</v>
       </c>
       <c r="BG35" t="str">
-        <v>210</v>
+        <v>172</v>
       </c>
       <c r="BH35" t="str">
-        <v>8.3</v>
+        <v>6.7</v>
       </c>
       <c r="BI35" t="str">
-        <v>187</v>
+        <v>146</v>
       </c>
       <c r="BJ35" t="str">
-        <v>7.4</v>
+        <v>5.75</v>
       </c>
       <c r="BK35" t="str">
-        <v>135</v>
+        <v>122</v>
       </c>
       <c r="BL35" t="str">
-        <v>5.3</v>
+        <v>4.8</v>
       </c>
       <c r="BM35" t="str">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="BN35" t="str">
-        <v>0.4</v>
+        <v>0.47</v>
       </c>
       <c r="BO35" t="str">
-        <v>4.1</v>
+        <v>2.6</v>
       </c>
       <c r="BP35" t="str">
-        <v>9.04</v>
+        <v>5.73</v>
       </c>
       <c r="BR35" t="str">
-        <v>MMD0128</v>
+        <v>MMDDE58</v>
       </c>
       <c r="BS35" t="str">
-        <v>RCK008CX218</v>
+        <v>RCK06FHX518</v>
       </c>
       <c r="BT35" t="str">
         <v>1</v>
       </c>
       <c r="BU35" t="str">
-        <v>4.7</v>
+        <v>3.05</v>
       </c>
       <c r="BV35" t="str">
-        <v>10.36</v>
+        <v>6.72</v>
       </c>
       <c r="BW35" t="str">
-        <v>295x314x175</v>
+        <v>255x255x150</v>
       </c>
       <c r="BX35" t="str">
-        <v>11.61x12.36x6.89</v>
+        <v>10.04x10.04x5.91</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="str">
-        <v>8CXN51</v>
+        <v>6HCX51</v>
       </c>
       <c r="B36">
-        <v>8</v>
+        <v>6.5</v>
       </c>
       <c r="C36" t="str">
-        <v>210</v>
+        <v>170</v>
       </c>
       <c r="D36" t="str">
-        <v>8</v>
+        <v>6.5</v>
       </c>
       <c r="E36" t="str">
         <v>8</v>
       </c>
       <c r="F36" t="str">
-        <v>70</v>
+        <v>90</v>
       </c>
       <c r="G36" t="str">
         <v>18,000</v>
       </c>
       <c r="H36" t="str">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="I36" t="str">
-        <v>210</v>
+        <v>170</v>
       </c>
       <c r="J36" t="str">
-        <v>8</v>
+        <v>6.5</v>
       </c>
       <c r="K36" t="str">
         <v>8</v>
       </c>
       <c r="L36" t="str">
         <v>6</v>
       </c>
       <c r="M36" t="str">
-        <v>250</v>
+        <v>150</v>
       </c>
       <c r="N36" t="str">
-        <v>500</v>
+        <v>300</v>
       </c>
       <c r="O36" t="str">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="P36" t="str">
         <v>51</v>
       </c>
       <c r="Q36" t="str">
         <v>2</v>
       </c>
       <c r="R36" t="str">
-        <v>Aluminium</v>
+        <v>Copper</v>
       </c>
       <c r="S36" t="str">
-        <v>Glass Fibre</v>
+        <v>Kapton</v>
       </c>
       <c r="T36" t="str">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="U36" t="str">
-        <v>0.67</v>
+        <v>0.51</v>
       </c>
       <c r="V36" t="str">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="W36" t="str">
-        <v>0.31</v>
+        <v>0.24</v>
       </c>
       <c r="X36" t="str">
-        <v>1.15</v>
+        <v>1.1</v>
       </c>
       <c r="Y36" t="str">
-        <v>WP Waterproof Front Side</v>
+        <v>TWP Waterproof Both Sides</v>
       </c>
       <c r="Z36" t="str">
-        <v>210</v>
+        <v>170</v>
       </c>
       <c r="AA36" t="str">
-        <v>8</v>
+        <v>6.5</v>
       </c>
       <c r="AB36" t="str">
         <v>8</v>
       </c>
       <c r="AC36" t="str">
-        <v>7.4</v>
+        <v>7.5</v>
       </c>
       <c r="AD36" t="str">
+        <v>25</v>
+      </c>
+      <c r="AE36" t="str">
         <v>50</v>
       </c>
-      <c r="AE36" t="str">
-[...1 lines deleted...]
-      </c>
       <c r="AF36" t="str">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="AG36" t="str">
-        <v>1.8</v>
+        <v>2.2</v>
       </c>
       <c r="AH36" t="str">
-        <v>44</v>
+        <v>36</v>
       </c>
       <c r="AI36" t="str">
-        <v>1.7</v>
+        <v>1.4</v>
       </c>
       <c r="AJ36" t="str">
         <v>Aluminium</v>
       </c>
       <c r="AK36" t="str">
-        <v>0.11</v>
+        <v>0.06</v>
       </c>
       <c r="AL36" t="str">
         <v>1.8</v>
       </c>
       <c r="AM36" t="str">
-        <v>Polyimide</v>
+        <v>Polyester</v>
       </c>
       <c r="AN36" t="str">
         <v>Neodymium Ring</v>
       </c>
       <c r="AO36" t="str">
-        <v>WP Waterproof Front Side</v>
+        <v>TWP Waterproof Both Sides</v>
       </c>
       <c r="AP36" t="str">
-        <v>68</v>
+        <v>89</v>
       </c>
       <c r="AQ36" t="str">
-        <v>4.9</v>
+        <v>5.2</v>
       </c>
       <c r="AR36" t="str">
-        <v>0.29</v>
+        <v>0.4</v>
       </c>
       <c r="AS36" t="str">
-        <v>4.7</v>
+        <v>7.5</v>
       </c>
       <c r="AT36" t="str">
-        <v>0.27</v>
+        <v>0.38</v>
       </c>
       <c r="AU36" t="str">
-        <v>17</v>
+        <v>5</v>
       </c>
       <c r="AV36" t="str">
-        <v>0.6</v>
+        <v>0.18</v>
       </c>
       <c r="AW36" t="str">
-        <v>220</v>
+        <v>132</v>
       </c>
       <c r="AX36" t="str">
-        <v>34.1</v>
+        <v>20.5</v>
       </c>
       <c r="AY36" t="str">
-        <v>1.8</v>
+        <v>0.8</v>
       </c>
       <c r="AZ36" t="str">
-        <v>6</v>
+        <v>5.5</v>
       </c>
       <c r="BA36" t="str">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="BB36" t="str">
-        <v>12.6</v>
+        <v>10.9</v>
       </c>
       <c r="BC36" t="str">
-        <v>0.9</v>
+        <v>0.8</v>
       </c>
       <c r="BD36" t="str">
-        <v>234</v>
+        <v>223</v>
       </c>
       <c r="BE36" t="str">
-        <v>225</v>
+        <v>187</v>
       </c>
       <c r="BF36" t="str">
-        <v>8.8</v>
+        <v>7.4</v>
       </c>
       <c r="BG36" t="str">
-        <v>210</v>
+        <v>172</v>
       </c>
       <c r="BH36" t="str">
-        <v>8.3</v>
+        <v>6.7</v>
       </c>
       <c r="BI36" t="str">
-        <v>187</v>
+        <v>146</v>
       </c>
       <c r="BJ36" t="str">
-        <v>7.4</v>
+        <v>5.75</v>
       </c>
       <c r="BK36" t="str">
-        <v>111</v>
+        <v>104</v>
       </c>
       <c r="BL36" t="str">
-        <v>4.4</v>
+        <v>4.1</v>
       </c>
       <c r="BM36" t="str">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="BN36" t="str">
         <v>0.4</v>
       </c>
       <c r="BO36" t="str">
-        <v>2.6</v>
+        <v>1.6</v>
       </c>
       <c r="BP36" t="str">
-        <v>5.73</v>
+        <v>3.53</v>
       </c>
       <c r="BR36" t="str">
-        <v>MMD4008</v>
+        <v>MMD0128</v>
       </c>
       <c r="BS36" t="str">
-        <v>RCK008CXN518</v>
+        <v>RCK06HCX518</v>
       </c>
       <c r="BT36" t="str">
         <v>1</v>
       </c>
       <c r="BU36" t="str">
-        <v>3.2</v>
+        <v>2.05</v>
       </c>
       <c r="BV36" t="str">
-        <v>7.05</v>
+        <v>4.52</v>
       </c>
       <c r="BW36" t="str">
-        <v>295x314x175</v>
+        <v>255x255x150</v>
       </c>
       <c r="BX36" t="str">
-        <v>11.61x12.36x6.89</v>
+        <v>10.04x10.04x5.91</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="str">
-        <v>8CXT</v>
+        <v>8CX21</v>
       </c>
       <c r="B37">
         <v>8</v>
       </c>
       <c r="C37" t="str">
         <v>210</v>
       </c>
       <c r="D37" t="str">
         <v>8</v>
       </c>
       <c r="E37" t="str">
         <v>8</v>
       </c>
       <c r="F37" t="str">
         <v>75</v>
       </c>
       <c r="G37" t="str">
         <v>20,000</v>
       </c>
       <c r="H37" t="str">
         <v>100</v>
       </c>
       <c r="I37" t="str">
         <v>210</v>
       </c>
       <c r="J37" t="str">
         <v>8</v>
       </c>
       <c r="K37" t="str">
         <v>8</v>
       </c>
       <c r="L37" t="str">
-        <v>6.3</v>
+        <v>6.1</v>
       </c>
       <c r="M37" t="str">
         <v>200</v>
       </c>
       <c r="N37" t="str">
         <v>400</v>
       </c>
       <c r="O37" t="str">
         <v>94</v>
       </c>
       <c r="P37" t="str">
         <v>52</v>
       </c>
       <c r="Q37" t="str">
         <v>2</v>
       </c>
       <c r="R37" t="str">
         <v>Copper</v>
       </c>
       <c r="S37" t="str">
         <v>Kapton</v>
       </c>
       <c r="T37" t="str">
-        <v>16.5</v>
+        <v>16</v>
       </c>
       <c r="U37" t="str">
-        <v>0.65</v>
+        <v>0.63</v>
       </c>
       <c r="V37" t="str">
         <v>8</v>
       </c>
       <c r="W37" t="str">
         <v>0.31</v>
       </c>
       <c r="X37" t="str">
-        <v>1.05</v>
+        <v>1.1</v>
       </c>
       <c r="Y37" t="str">
         <v>WP Waterproof Front Side</v>
       </c>
       <c r="Z37" t="str">
         <v>210</v>
       </c>
       <c r="AA37" t="str">
         <v>8</v>
       </c>
       <c r="AB37" t="str">
         <v>8</v>
       </c>
       <c r="AC37" t="str">
-        <v>7.7</v>
+        <v>7.2</v>
       </c>
       <c r="AD37" t="str">
+        <v>25</v>
+      </c>
+      <c r="AE37" t="str">
         <v>50</v>
       </c>
-      <c r="AE37" t="str">
-[...1 lines deleted...]
-      </c>
       <c r="AF37" t="str">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="AG37" t="str">
-        <v>2</v>
+        <v>2.2</v>
       </c>
       <c r="AH37" t="str">
-        <v>44</v>
+        <v>36</v>
       </c>
       <c r="AI37" t="str">
-        <v>1.7</v>
+        <v>1.4</v>
       </c>
       <c r="AJ37" t="str">
         <v>Aluminium</v>
       </c>
       <c r="AK37" t="str">
-        <v>0.11</v>
+        <v>0.14</v>
       </c>
       <c r="AL37" t="str">
-        <v>1.8</v>
+        <v>1.45</v>
       </c>
       <c r="AM37" t="str">
-        <v>Titanium</v>
+        <v>Polyester</v>
       </c>
       <c r="AN37" t="str">
-        <v>Ferrite (LF) - Neodym. Ring (HF)</v>
+        <v>Ferrite</v>
       </c>
       <c r="AO37" t="str">
         <v>WP Waterproof Front Side</v>
       </c>
       <c r="AP37" t="str">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="AQ37" t="str">
-        <v>5.1</v>
+        <v>5.2</v>
       </c>
       <c r="AR37" t="str">
+        <v>0.39</v>
+      </c>
+      <c r="AS37" t="str">
+        <v>4.1</v>
+      </c>
+      <c r="AT37" t="str">
         <v>0.36</v>
       </c>
-      <c r="AS37" t="str">
-[...4 lines deleted...]
-      </c>
       <c r="AU37" t="str">
-        <v>11.5</v>
+        <v>15</v>
       </c>
       <c r="AV37" t="str">
-        <v>0.4</v>
+        <v>0.55</v>
       </c>
       <c r="AW37" t="str">
         <v>220</v>
       </c>
       <c r="AX37" t="str">
         <v>34.1</v>
       </c>
       <c r="AY37" t="str">
-        <v>1.4</v>
+        <v>1.5</v>
       </c>
       <c r="AZ37" t="str">
-        <v>6</v>
+        <v>5.5</v>
       </c>
       <c r="BA37" t="str">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="BB37" t="str">
-        <v>13</v>
+        <v>11.5</v>
       </c>
       <c r="BC37" t="str">
-        <v>1</v>
+        <v>1.2</v>
       </c>
       <c r="BD37" t="str">
-        <v>211</v>
+        <v>190</v>
       </c>
       <c r="BE37" t="str">
         <v>225</v>
       </c>
       <c r="BF37" t="str">
         <v>8.8</v>
       </c>
       <c r="BG37" t="str">
         <v>210</v>
       </c>
       <c r="BH37" t="str">
         <v>8.3</v>
       </c>
       <c r="BI37" t="str">
         <v>187</v>
       </c>
       <c r="BJ37" t="str">
         <v>7.4</v>
       </c>
       <c r="BK37" t="str">
-        <v>129</v>
+        <v>135</v>
       </c>
       <c r="BL37" t="str">
-        <v>5.1</v>
+        <v>5.3</v>
       </c>
       <c r="BM37" t="str">
         <v>11</v>
       </c>
       <c r="BN37" t="str">
         <v>0.4</v>
       </c>
       <c r="BO37" t="str">
-        <v>4</v>
+        <v>4.1</v>
       </c>
       <c r="BP37" t="str">
-        <v>8.82</v>
+        <v>9.04</v>
       </c>
       <c r="BR37" t="str">
-        <v>MMD400TN8</v>
+        <v>MMD0128</v>
       </c>
       <c r="BS37" t="str">
-        <v>RCK008CXT8</v>
+        <v>RCK008CX218</v>
+      </c>
+      <c r="BT37" t="str">
+        <v>1</v>
       </c>
       <c r="BU37" t="str">
-        <v>4.6</v>
+        <v>4.7</v>
       </c>
       <c r="BV37" t="str">
-        <v>10.14</v>
+        <v>10.36</v>
       </c>
       <c r="BW37" t="str">
         <v>295x314x175</v>
       </c>
       <c r="BX37" t="str">
         <v>11.61x12.36x6.89</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="str">
-        <v>8FCX51</v>
+        <v>8CXN51</v>
       </c>
       <c r="B38">
         <v>8</v>
       </c>
       <c r="C38" t="str">
         <v>210</v>
       </c>
       <c r="D38" t="str">
         <v>8</v>
       </c>
       <c r="E38" t="str">
         <v>8</v>
       </c>
       <c r="F38" t="str">
         <v>70</v>
       </c>
       <c r="G38" t="str">
         <v>18,000</v>
       </c>
       <c r="H38" t="str">
         <v>100</v>
       </c>
       <c r="I38" t="str">
         <v>210</v>
       </c>
       <c r="J38" t="str">
         <v>8</v>
       </c>
       <c r="K38" t="str">
         <v>8</v>
       </c>
       <c r="L38" t="str">
         <v>6</v>
       </c>
       <c r="M38" t="str">
         <v>250</v>
       </c>
       <c r="N38" t="str">
         <v>500</v>
       </c>
       <c r="O38" t="str">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="P38" t="str">
         <v>51</v>
       </c>
       <c r="Q38" t="str">
         <v>2</v>
       </c>
       <c r="R38" t="str">
         <v>Aluminium</v>
       </c>
       <c r="S38" t="str">
         <v>Glass Fibre</v>
       </c>
       <c r="T38" t="str">
-        <v>17.5</v>
+        <v>17</v>
       </c>
       <c r="U38" t="str">
-        <v>0.69</v>
+        <v>0.67</v>
       </c>
       <c r="V38" t="str">
         <v>8</v>
       </c>
       <c r="W38" t="str">
         <v>0.31</v>
       </c>
       <c r="X38" t="str">
-        <v>1</v>
+        <v>1.15</v>
       </c>
       <c r="Y38" t="str">
         <v>WP Waterproof Front Side</v>
       </c>
       <c r="Z38" t="str">
         <v>210</v>
       </c>
       <c r="AA38" t="str">
         <v>8</v>
       </c>
       <c r="AB38" t="str">
         <v>8</v>
       </c>
       <c r="AC38" t="str">
-        <v>7</v>
+        <v>7.4</v>
       </c>
       <c r="AD38" t="str">
         <v>50</v>
       </c>
       <c r="AE38" t="str">
         <v>100</v>
       </c>
       <c r="AF38" t="str">
         <v>104</v>
       </c>
       <c r="AG38" t="str">
         <v>1.8</v>
       </c>
       <c r="AH38" t="str">
         <v>44</v>
       </c>
       <c r="AI38" t="str">
         <v>1.7</v>
       </c>
       <c r="AJ38" t="str">
         <v>Aluminium</v>
       </c>
       <c r="AK38" t="str">
         <v>0.11</v>
       </c>
       <c r="AL38" t="str">
         <v>1.8</v>
       </c>
       <c r="AM38" t="str">
         <v>Polyimide</v>
       </c>
       <c r="AN38" t="str">
-        <v>Ferrite</v>
+        <v>Neodymium Ring</v>
       </c>
       <c r="AO38" t="str">
         <v>WP Waterproof Front Side</v>
       </c>
       <c r="AP38" t="str">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="AQ38" t="str">
         <v>4.9</v>
       </c>
       <c r="AR38" t="str">
-        <v>0.36</v>
+        <v>0.29</v>
       </c>
       <c r="AS38" t="str">
-        <v>6.3</v>
+        <v>4.7</v>
       </c>
       <c r="AT38" t="str">
-        <v>0.34</v>
+        <v>0.27</v>
       </c>
       <c r="AU38" t="str">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="AV38" t="str">
-        <v>0.56</v>
+        <v>0.6</v>
       </c>
       <c r="AW38" t="str">
         <v>220</v>
       </c>
       <c r="AX38" t="str">
         <v>34.1</v>
       </c>
       <c r="AY38" t="str">
-        <v>1.4</v>
+        <v>1.8</v>
       </c>
       <c r="AZ38" t="str">
         <v>6</v>
       </c>
       <c r="BA38" t="str">
         <v>22</v>
       </c>
       <c r="BB38" t="str">
-        <v>11.5</v>
+        <v>12.6</v>
       </c>
       <c r="BC38" t="str">
         <v>0.9</v>
       </c>
       <c r="BD38" t="str">
-        <v>192</v>
+        <v>234</v>
       </c>
       <c r="BE38" t="str">
         <v>225</v>
       </c>
       <c r="BF38" t="str">
         <v>8.8</v>
       </c>
       <c r="BG38" t="str">
         <v>210</v>
       </c>
       <c r="BH38" t="str">
         <v>8.3</v>
       </c>
       <c r="BI38" t="str">
         <v>187</v>
       </c>
       <c r="BJ38" t="str">
         <v>7.4</v>
       </c>
       <c r="BK38" t="str">
-        <v>118</v>
+        <v>111</v>
       </c>
       <c r="BL38" t="str">
-        <v>4.64</v>
+        <v>4.4</v>
       </c>
       <c r="BM38" t="str">
         <v>10</v>
       </c>
       <c r="BN38" t="str">
-        <v>0.37</v>
+        <v>0.4</v>
       </c>
       <c r="BO38" t="str">
-        <v>5</v>
+        <v>2.6</v>
       </c>
       <c r="BP38" t="str">
-        <v>11.02</v>
+        <v>5.73</v>
       </c>
       <c r="BR38" t="str">
         <v>MMD4008</v>
       </c>
       <c r="BS38" t="str">
-        <v>RCK008FCX518</v>
+        <v>RCK008CXN518</v>
       </c>
       <c r="BT38" t="str">
         <v>1</v>
       </c>
       <c r="BU38" t="str">
-        <v>5.6</v>
+        <v>3.2</v>
       </c>
       <c r="BV38" t="str">
-        <v>12.35</v>
+        <v>7.05</v>
       </c>
       <c r="BW38" t="str">
         <v>295x314x175</v>
       </c>
       <c r="BX38" t="str">
+        <v>11.61x12.36x6.89</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="str">
+        <v>8CXN64</v>
+      </c>
+      <c r="B39">
+        <v>8</v>
+      </c>
+      <c r="C39" t="str">
+        <v>210</v>
+      </c>
+      <c r="D39" t="str">
+        <v>8</v>
+      </c>
+      <c r="E39" t="str">
+        <v>8</v>
+      </c>
+      <c r="F39" t="str">
+        <v>70</v>
+      </c>
+      <c r="G39" t="str">
+        <v>18,000</v>
+      </c>
+      <c r="H39" t="str">
+        <v>100</v>
+      </c>
+      <c r="I39" t="str">
+        <v>210</v>
+      </c>
+      <c r="J39" t="str">
+        <v>8</v>
+      </c>
+      <c r="K39" t="str">
+        <v>8</v>
+      </c>
+      <c r="L39" t="str">
+        <v>6.9</v>
+      </c>
+      <c r="M39" t="str">
+        <v>300</v>
+      </c>
+      <c r="N39" t="str">
+        <v>600</v>
+      </c>
+      <c r="O39" t="str">
+        <v>94</v>
+      </c>
+      <c r="P39" t="str">
+        <v>64</v>
+      </c>
+      <c r="Q39" t="str">
+        <v>2.5</v>
+      </c>
+      <c r="R39" t="str">
+        <v>Copper</v>
+      </c>
+      <c r="S39" t="str">
+        <v>Glass Fibre</v>
+      </c>
+      <c r="T39" t="str">
+        <v>15</v>
+      </c>
+      <c r="U39" t="str">
+        <v>0.59</v>
+      </c>
+      <c r="V39" t="str">
+        <v>8</v>
+      </c>
+      <c r="W39" t="str">
+        <v>0.31</v>
+      </c>
+      <c r="X39" t="str">
+        <v>1.1</v>
+      </c>
+      <c r="Y39" t="str">
+        <v>WP Waterproof Front Side</v>
+      </c>
+      <c r="AB39" t="str">
+        <v>8</v>
+      </c>
+      <c r="AC39" t="str">
+        <v>7.1</v>
+      </c>
+      <c r="AD39" t="str">
+        <v>80</v>
+      </c>
+      <c r="AE39" t="str">
+        <v>160</v>
+      </c>
+      <c r="AF39" t="str">
+        <v>103</v>
+      </c>
+      <c r="AG39" t="str">
+        <v>1.2</v>
+      </c>
+      <c r="AH39" t="str">
+        <v>65</v>
+      </c>
+      <c r="AI39" t="str">
+        <v>2.5</v>
+      </c>
+      <c r="AJ39" t="str">
+        <v>Aluminium</v>
+      </c>
+      <c r="AK39" t="str">
+        <v>0.15</v>
+      </c>
+      <c r="AL39" t="str">
+        <v>1.75</v>
+      </c>
+      <c r="AM39" t="str">
+        <v>Titanium</v>
+      </c>
+      <c r="AN39" t="str">
+        <v>Neodymium Ring</v>
+      </c>
+      <c r="AO39" t="str">
+        <v>WP Waterproof Front Side</v>
+      </c>
+      <c r="AP39" t="str">
+        <v>71</v>
+      </c>
+      <c r="AQ39" t="str">
+        <v>5.8</v>
+      </c>
+      <c r="AR39" t="str">
+        <v>0.35</v>
+      </c>
+      <c r="AS39" t="str">
+        <v>8.5</v>
+      </c>
+      <c r="AT39" t="str">
+        <v>0.33</v>
+      </c>
+      <c r="AU39" t="str">
+        <v>10.5</v>
+      </c>
+      <c r="AV39" t="str">
+        <v>0.37</v>
+      </c>
+      <c r="AW39" t="str">
+        <v>220</v>
+      </c>
+      <c r="AX39" t="str">
+        <v>34.1</v>
+      </c>
+      <c r="AY39" t="str">
+        <v>1.1</v>
+      </c>
+      <c r="AZ39" t="str">
+        <v>4.7</v>
+      </c>
+      <c r="BA39" t="str">
+        <v>32</v>
+      </c>
+      <c r="BB39" t="str">
+        <v>15.5</v>
+      </c>
+      <c r="BC39" t="str">
+        <v>1.1</v>
+      </c>
+      <c r="BD39" t="str">
+        <v>203</v>
+      </c>
+      <c r="BE39" t="str">
+        <v>225</v>
+      </c>
+      <c r="BF39" t="str">
+        <v>8.8</v>
+      </c>
+      <c r="BG39" t="str">
+        <v>210</v>
+      </c>
+      <c r="BH39" t="str">
+        <v>8.3</v>
+      </c>
+      <c r="BI39" t="str">
+        <v>187</v>
+      </c>
+      <c r="BJ39" t="str">
+        <v>7.4</v>
+      </c>
+      <c r="BK39" t="str">
+        <v>124</v>
+      </c>
+      <c r="BL39" t="str">
+        <v>4.88</v>
+      </c>
+      <c r="BM39" t="str">
+        <v>10.3</v>
+      </c>
+      <c r="BN39" t="str">
+        <v>0.41</v>
+      </c>
+      <c r="BO39" t="str">
+        <v>2.6</v>
+      </c>
+      <c r="BP39" t="str">
+        <v>5.73</v>
+      </c>
+      <c r="BR39" t="str">
+        <v>MMD620TN8M</v>
+      </c>
+      <c r="BY39" t="str">
+        <v>1</v>
+      </c>
+      <c r="BZ39" t="str">
+        <v>18</v>
+      </c>
+      <c r="CA39" t="str">
+        <v>Double Roll</v>
+      </c>
+      <c r="CB39" t="str">
+        <v>Single</v>
+      </c>
+      <c r="CC39" t="str">
+        <v>5.5</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="str">
+        <v>8CXT</v>
+      </c>
+      <c r="B40">
+        <v>8</v>
+      </c>
+      <c r="C40" t="str">
+        <v>210</v>
+      </c>
+      <c r="D40" t="str">
+        <v>8</v>
+      </c>
+      <c r="E40" t="str">
+        <v>8</v>
+      </c>
+      <c r="F40" t="str">
+        <v>75</v>
+      </c>
+      <c r="G40" t="str">
+        <v>20,000</v>
+      </c>
+      <c r="H40" t="str">
+        <v>100</v>
+      </c>
+      <c r="I40" t="str">
+        <v>210</v>
+      </c>
+      <c r="J40" t="str">
+        <v>8</v>
+      </c>
+      <c r="K40" t="str">
+        <v>8</v>
+      </c>
+      <c r="L40" t="str">
+        <v>6.3</v>
+      </c>
+      <c r="M40" t="str">
+        <v>200</v>
+      </c>
+      <c r="N40" t="str">
+        <v>400</v>
+      </c>
+      <c r="O40" t="str">
+        <v>94</v>
+      </c>
+      <c r="P40" t="str">
+        <v>52</v>
+      </c>
+      <c r="Q40" t="str">
+        <v>2</v>
+      </c>
+      <c r="R40" t="str">
+        <v>Copper</v>
+      </c>
+      <c r="S40" t="str">
+        <v>Kapton</v>
+      </c>
+      <c r="T40" t="str">
+        <v>16.5</v>
+      </c>
+      <c r="U40" t="str">
+        <v>0.65</v>
+      </c>
+      <c r="V40" t="str">
+        <v>8</v>
+      </c>
+      <c r="W40" t="str">
+        <v>0.31</v>
+      </c>
+      <c r="X40" t="str">
+        <v>1.05</v>
+      </c>
+      <c r="Y40" t="str">
+        <v>WP Waterproof Front Side</v>
+      </c>
+      <c r="Z40" t="str">
+        <v>210</v>
+      </c>
+      <c r="AA40" t="str">
+        <v>8</v>
+      </c>
+      <c r="AB40" t="str">
+        <v>8</v>
+      </c>
+      <c r="AC40" t="str">
+        <v>7.7</v>
+      </c>
+      <c r="AD40" t="str">
+        <v>50</v>
+      </c>
+      <c r="AE40" t="str">
+        <v>100</v>
+      </c>
+      <c r="AF40" t="str">
+        <v>103</v>
+      </c>
+      <c r="AG40" t="str">
+        <v>2</v>
+      </c>
+      <c r="AH40" t="str">
+        <v>44</v>
+      </c>
+      <c r="AI40" t="str">
+        <v>1.7</v>
+      </c>
+      <c r="AJ40" t="str">
+        <v>Aluminium</v>
+      </c>
+      <c r="AK40" t="str">
+        <v>0.11</v>
+      </c>
+      <c r="AL40" t="str">
+        <v>1.8</v>
+      </c>
+      <c r="AM40" t="str">
+        <v>Titanium</v>
+      </c>
+      <c r="AN40" t="str">
+        <v>Ferrite (LF) - Neodym. Ring (HF)</v>
+      </c>
+      <c r="AO40" t="str">
+        <v>WP Waterproof Front Side</v>
+      </c>
+      <c r="AP40" t="str">
+        <v>76</v>
+      </c>
+      <c r="AQ40" t="str">
+        <v>5.1</v>
+      </c>
+      <c r="AR40" t="str">
+        <v>0.36</v>
+      </c>
+      <c r="AS40" t="str">
+        <v>5</v>
+      </c>
+      <c r="AT40" t="str">
+        <v>0.34</v>
+      </c>
+      <c r="AU40" t="str">
+        <v>11.5</v>
+      </c>
+      <c r="AV40" t="str">
+        <v>0.4</v>
+      </c>
+      <c r="AW40" t="str">
+        <v>220</v>
+      </c>
+      <c r="AX40" t="str">
+        <v>34.1</v>
+      </c>
+      <c r="AY40" t="str">
+        <v>1.4</v>
+      </c>
+      <c r="AZ40" t="str">
+        <v>6</v>
+      </c>
+      <c r="BA40" t="str">
+        <v>25</v>
+      </c>
+      <c r="BB40" t="str">
+        <v>13</v>
+      </c>
+      <c r="BC40" t="str">
+        <v>1</v>
+      </c>
+      <c r="BD40" t="str">
+        <v>211</v>
+      </c>
+      <c r="BE40" t="str">
+        <v>225</v>
+      </c>
+      <c r="BF40" t="str">
+        <v>8.8</v>
+      </c>
+      <c r="BG40" t="str">
+        <v>210</v>
+      </c>
+      <c r="BH40" t="str">
+        <v>8.3</v>
+      </c>
+      <c r="BI40" t="str">
+        <v>187</v>
+      </c>
+      <c r="BJ40" t="str">
+        <v>7.4</v>
+      </c>
+      <c r="BK40" t="str">
+        <v>129</v>
+      </c>
+      <c r="BL40" t="str">
+        <v>5.1</v>
+      </c>
+      <c r="BM40" t="str">
+        <v>11</v>
+      </c>
+      <c r="BN40" t="str">
+        <v>0.4</v>
+      </c>
+      <c r="BO40" t="str">
+        <v>4</v>
+      </c>
+      <c r="BP40" t="str">
+        <v>8.82</v>
+      </c>
+      <c r="BR40" t="str">
+        <v>MMD400TN8</v>
+      </c>
+      <c r="BS40" t="str">
+        <v>RCK008CXT8</v>
+      </c>
+      <c r="BU40" t="str">
+        <v>4.6</v>
+      </c>
+      <c r="BV40" t="str">
+        <v>10.14</v>
+      </c>
+      <c r="BW40" t="str">
+        <v>295x314x175</v>
+      </c>
+      <c r="BX40" t="str">
+        <v>11.61x12.36x6.89</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="str">
+        <v>8FCX51</v>
+      </c>
+      <c r="B41">
+        <v>8</v>
+      </c>
+      <c r="C41" t="str">
+        <v>210</v>
+      </c>
+      <c r="D41" t="str">
+        <v>8</v>
+      </c>
+      <c r="E41" t="str">
+        <v>8</v>
+      </c>
+      <c r="F41" t="str">
+        <v>70</v>
+      </c>
+      <c r="G41" t="str">
+        <v>18,000</v>
+      </c>
+      <c r="H41" t="str">
+        <v>100</v>
+      </c>
+      <c r="I41" t="str">
+        <v>210</v>
+      </c>
+      <c r="J41" t="str">
+        <v>8</v>
+      </c>
+      <c r="K41" t="str">
+        <v>8</v>
+      </c>
+      <c r="L41" t="str">
+        <v>6</v>
+      </c>
+      <c r="M41" t="str">
+        <v>250</v>
+      </c>
+      <c r="N41" t="str">
+        <v>500</v>
+      </c>
+      <c r="O41" t="str">
+        <v>96</v>
+      </c>
+      <c r="P41" t="str">
+        <v>51</v>
+      </c>
+      <c r="Q41" t="str">
+        <v>2</v>
+      </c>
+      <c r="R41" t="str">
+        <v>Aluminium</v>
+      </c>
+      <c r="S41" t="str">
+        <v>Glass Fibre</v>
+      </c>
+      <c r="T41" t="str">
+        <v>17.5</v>
+      </c>
+      <c r="U41" t="str">
+        <v>0.69</v>
+      </c>
+      <c r="V41" t="str">
+        <v>8</v>
+      </c>
+      <c r="W41" t="str">
+        <v>0.31</v>
+      </c>
+      <c r="X41" t="str">
+        <v>1</v>
+      </c>
+      <c r="Y41" t="str">
+        <v>WP Waterproof Front Side</v>
+      </c>
+      <c r="Z41" t="str">
+        <v>210</v>
+      </c>
+      <c r="AA41" t="str">
+        <v>8</v>
+      </c>
+      <c r="AB41" t="str">
+        <v>8</v>
+      </c>
+      <c r="AC41" t="str">
+        <v>7</v>
+      </c>
+      <c r="AD41" t="str">
+        <v>50</v>
+      </c>
+      <c r="AE41" t="str">
+        <v>100</v>
+      </c>
+      <c r="AF41" t="str">
+        <v>104</v>
+      </c>
+      <c r="AG41" t="str">
+        <v>1.8</v>
+      </c>
+      <c r="AH41" t="str">
+        <v>44</v>
+      </c>
+      <c r="AI41" t="str">
+        <v>1.7</v>
+      </c>
+      <c r="AJ41" t="str">
+        <v>Aluminium</v>
+      </c>
+      <c r="AK41" t="str">
+        <v>0.11</v>
+      </c>
+      <c r="AL41" t="str">
+        <v>1.8</v>
+      </c>
+      <c r="AM41" t="str">
+        <v>Polyimide</v>
+      </c>
+      <c r="AN41" t="str">
+        <v>Ferrite</v>
+      </c>
+      <c r="AO41" t="str">
+        <v>WP Waterproof Front Side</v>
+      </c>
+      <c r="AP41" t="str">
+        <v>69</v>
+      </c>
+      <c r="AQ41" t="str">
+        <v>4.9</v>
+      </c>
+      <c r="AR41" t="str">
+        <v>0.36</v>
+      </c>
+      <c r="AS41" t="str">
+        <v>6.3</v>
+      </c>
+      <c r="AT41" t="str">
+        <v>0.34</v>
+      </c>
+      <c r="AU41" t="str">
+        <v>16</v>
+      </c>
+      <c r="AV41" t="str">
+        <v>0.56</v>
+      </c>
+      <c r="AW41" t="str">
+        <v>220</v>
+      </c>
+      <c r="AX41" t="str">
+        <v>34.1</v>
+      </c>
+      <c r="AY41" t="str">
+        <v>1.4</v>
+      </c>
+      <c r="AZ41" t="str">
+        <v>6</v>
+      </c>
+      <c r="BA41" t="str">
+        <v>22</v>
+      </c>
+      <c r="BB41" t="str">
+        <v>11.5</v>
+      </c>
+      <c r="BC41" t="str">
+        <v>0.9</v>
+      </c>
+      <c r="BD41" t="str">
+        <v>192</v>
+      </c>
+      <c r="BE41" t="str">
+        <v>225</v>
+      </c>
+      <c r="BF41" t="str">
+        <v>8.8</v>
+      </c>
+      <c r="BG41" t="str">
+        <v>210</v>
+      </c>
+      <c r="BH41" t="str">
+        <v>8.3</v>
+      </c>
+      <c r="BI41" t="str">
+        <v>187</v>
+      </c>
+      <c r="BJ41" t="str">
+        <v>7.4</v>
+      </c>
+      <c r="BK41" t="str">
+        <v>118</v>
+      </c>
+      <c r="BL41" t="str">
+        <v>4.64</v>
+      </c>
+      <c r="BM41" t="str">
+        <v>10</v>
+      </c>
+      <c r="BN41" t="str">
+        <v>0.37</v>
+      </c>
+      <c r="BO41" t="str">
+        <v>5</v>
+      </c>
+      <c r="BP41" t="str">
+        <v>11.02</v>
+      </c>
+      <c r="BR41" t="str">
+        <v>MMD4008</v>
+      </c>
+      <c r="BS41" t="str">
+        <v>RCK008FCX518</v>
+      </c>
+      <c r="BT41" t="str">
+        <v>1</v>
+      </c>
+      <c r="BU41" t="str">
+        <v>5.6</v>
+      </c>
+      <c r="BV41" t="str">
+        <v>12.35</v>
+      </c>
+      <c r="BW41" t="str">
+        <v>295x314x175</v>
+      </c>
+      <c r="BX41" t="str">
         <v>11.61x12.36x6.89</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:CB38"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:CG41"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>coaxial</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 