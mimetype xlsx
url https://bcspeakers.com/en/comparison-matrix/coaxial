--- v2 (2026-02-07)
+++ v3 (2026-03-04)
@@ -5331,50 +5331,53 @@
       </c>
       <c r="BP24" t="str">
         <v>16.87</v>
       </c>
       <c r="BR24" t="str">
         <v>MMD3DTN8M</v>
       </c>
       <c r="BS24" t="str">
         <v>RCK15CXN888</v>
       </c>
       <c r="BT24" t="str">
         <v>1</v>
       </c>
       <c r="BU24" t="str">
         <v>9.25</v>
       </c>
       <c r="BV24" t="str">
         <v>20.39</v>
       </c>
       <c r="BW24" t="str">
         <v>500x495x275</v>
       </c>
       <c r="BX24" t="str">
         <v>19.69x19.49x10.83</v>
       </c>
+      <c r="CA24" t="str">
+        <v>Triple Roll</v>
+      </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>15FCX76</v>
       </c>
       <c r="B25">
         <v>15</v>
       </c>
       <c r="C25" t="str">
         <v>380</v>
       </c>
       <c r="D25" t="str">
         <v>15</v>
       </c>
       <c r="E25" t="str">
         <v>8</v>
       </c>
       <c r="F25" t="str">
         <v>40</v>
       </c>
       <c r="G25" t="str">
         <v>18,000</v>
       </c>
       <c r="H25" t="str">
         <v>80</v>