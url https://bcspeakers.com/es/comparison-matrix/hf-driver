--- v0 (2025-10-11)
+++ v1 (2026-01-24)
@@ -10735,58 +10735,70 @@
       </c>
       <c r="O122" t="str">
         <v>Aluminium</v>
       </c>
       <c r="P122" t="str">
         <v>0,09</v>
       </c>
       <c r="Q122" t="str">
         <v>1,8</v>
       </c>
       <c r="R122" t="str">
         <v>HT Polymer</v>
       </c>
       <c r="S122" t="str">
         <v>48</v>
       </c>
       <c r="T122" t="str">
         <v>1,89</v>
       </c>
       <c r="U122" t="str">
         <v>62</v>
       </c>
       <c r="V122" t="str">
         <v>2,44</v>
       </c>
+      <c r="W122" t="str">
+        <v>0,27</v>
+      </c>
+      <c r="X122" t="str">
+        <v>0,6</v>
+      </c>
       <c r="Y122" t="str">
         <v>1</v>
       </c>
+      <c r="Z122" t="str">
+        <v>0,295</v>
+      </c>
+      <c r="AA122" t="str">
+        <v>0,65</v>
+      </c>
       <c r="AB122" t="str">
-        <v>70x70x70</v>
+        <v>105x105x65</v>
       </c>
       <c r="AC122" t="str">
-        <v>2.75x2.75x2.75</v>
+        <v>4.13x4.13x2.56</v>
       </c>
       <c r="AD122" t="str">
         <v>MMDDH3508</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="str">
         <v>DH350H</v>
       </c>
       <c r="B123">
         <v>1</v>
       </c>
       <c r="C123" t="str">
         <v>25</v>
       </c>
       <c r="D123" t="str">
         <v>1</v>
       </c>
       <c r="E123" t="str">
         <v>4</v>
       </c>
       <c r="F123" t="str">
         <v>4,1</v>
       </c>
       <c r="G123" t="str">
@@ -10815,58 +10827,70 @@
       </c>
       <c r="O123" t="str">
         <v>Aluminium</v>
       </c>
       <c r="P123" t="str">
         <v>0,06</v>
       </c>
       <c r="Q123" t="str">
         <v>1,8</v>
       </c>
       <c r="R123" t="str">
         <v>HT Polymer</v>
       </c>
       <c r="S123" t="str">
         <v>48</v>
       </c>
       <c r="T123" t="str">
         <v>1,89</v>
       </c>
       <c r="U123" t="str">
         <v>62</v>
       </c>
       <c r="V123" t="str">
         <v>2,44</v>
       </c>
+      <c r="W123" t="str">
+        <v>0,27</v>
+      </c>
+      <c r="X123" t="str">
+        <v>0,6</v>
+      </c>
       <c r="Y123" t="str">
         <v>1</v>
       </c>
+      <c r="Z123" t="str">
+        <v>0,295</v>
+      </c>
+      <c r="AA123" t="str">
+        <v>0,65</v>
+      </c>
       <c r="AB123" t="str">
-        <v>70x70x70</v>
+        <v>105x105x65</v>
       </c>
       <c r="AC123" t="str">
-        <v>2.75x2.75x2.75</v>
+        <v>4.13x4.13x2.56</v>
       </c>
       <c r="AD123" t="str">
         <v>MMDDH3504</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="str">
         <v>DH350H</v>
       </c>
       <c r="B124">
         <v>1</v>
       </c>
       <c r="C124" t="str">
         <v>25</v>
       </c>
       <c r="D124" t="str">
         <v>1</v>
       </c>
       <c r="E124" t="str">
         <v>16</v>
       </c>
       <c r="F124" t="str">
         <v>10,4</v>
       </c>
       <c r="G124" t="str">
@@ -10895,58 +10919,70 @@
       </c>
       <c r="O124" t="str">
         <v>Aluminium</v>
       </c>
       <c r="P124" t="str">
         <v>0,15</v>
       </c>
       <c r="Q124" t="str">
         <v>1,8</v>
       </c>
       <c r="R124" t="str">
         <v>HT Polymer</v>
       </c>
       <c r="S124" t="str">
         <v>48</v>
       </c>
       <c r="T124" t="str">
         <v>1,89</v>
       </c>
       <c r="U124" t="str">
         <v>62</v>
       </c>
       <c r="V124" t="str">
         <v>2,44</v>
       </c>
+      <c r="W124" t="str">
+        <v>0,27</v>
+      </c>
+      <c r="X124" t="str">
+        <v>0,6</v>
+      </c>
       <c r="Y124" t="str">
         <v>1</v>
       </c>
+      <c r="Z124" t="str">
+        <v>0,295</v>
+      </c>
+      <c r="AA124" t="str">
+        <v>0,65</v>
+      </c>
       <c r="AB124" t="str">
-        <v>70x70x70</v>
+        <v>105x105x65</v>
       </c>
       <c r="AC124" t="str">
-        <v>2.75x2.75x2.75</v>
+        <v>4.13x4.13x2.56</v>
       </c>
       <c r="AD124" t="str">
         <v>MMDDH35016</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="str">
         <v>DH450</v>
       </c>
       <c r="B125">
         <v>1</v>
       </c>
       <c r="C125" t="str">
         <v>25</v>
       </c>
       <c r="D125" t="str">
         <v>1</v>
       </c>
       <c r="E125" t="str">
         <v>8</v>
       </c>
       <c r="F125" t="str">
         <v>7,8</v>
       </c>
       <c r="G125" t="str">