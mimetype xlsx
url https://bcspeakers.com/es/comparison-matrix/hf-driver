--- v1 (2026-01-24)
+++ v2 (2026-02-13)
@@ -410,51 +410,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AD128"/>
+  <dimension ref="A1:AD130"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1">
       <c r="A1" t="str">
         <v>name</v>
       </c>
       <c r="B1" t="str">
         <v>inches</v>
       </c>
       <c r="C1" t="str">
         <v xml:space="preserve"> Throat Diameter (mm)</v>
       </c>
       <c r="D1" t="str">
         <v xml:space="preserve"> Throat Diameter (in )</v>
       </c>
       <c r="E1" t="str">
         <v xml:space="preserve"> Nominal Impedance (Ω)</v>
       </c>
       <c r="F1" t="str">
         <v xml:space="preserve"> Minimum Impedance (Ω)</v>
       </c>
       <c r="G1" t="str">
         <v xml:space="preserve"> Nominal Power Handling (W)</v>
@@ -6266,5099 +6266,5247 @@
       </c>
       <c r="X67" t="str">
         <v>3,85</v>
       </c>
       <c r="Y67" t="str">
         <v>1</v>
       </c>
       <c r="Z67" t="str">
         <v>1,79</v>
       </c>
       <c r="AA67" t="str">
         <v>3,94</v>
       </c>
       <c r="AB67" t="str">
         <v>120x120x65</v>
       </c>
       <c r="AC67" t="str">
         <v>4.72x4.72x2.56</v>
       </c>
       <c r="AD67" t="str">
         <v>MMD620TN8M</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="str">
-        <v>DE64TN</v>
+        <v>DE640P</v>
       </c>
       <c r="B68">
-        <v>2</v>
+        <v>1.4</v>
       </c>
       <c r="C68" t="str">
-        <v>50</v>
+        <v>36</v>
       </c>
       <c r="D68" t="str">
-        <v>2</v>
+        <v>1,4</v>
       </c>
       <c r="E68" t="str">
         <v>8</v>
       </c>
       <c r="F68" t="str">
-        <v>8,4</v>
+        <v>7,6</v>
       </c>
       <c r="G68" t="str">
-        <v>110</v>
+        <v>70</v>
       </c>
       <c r="H68" t="str">
-        <v>220</v>
+        <v>140</v>
       </c>
       <c r="I68" t="str">
-        <v>107,5</v>
+        <v>109</v>
       </c>
       <c r="J68" t="str">
         <v>1</v>
       </c>
       <c r="K68" t="str">
         <v>18</v>
       </c>
       <c r="L68" t="str">
-        <v>1</v>
+        <v>1,2</v>
       </c>
       <c r="M68" t="str">
-        <v>75</v>
+        <v>65</v>
       </c>
       <c r="N68" t="str">
-        <v>3</v>
+        <v>2,5</v>
       </c>
       <c r="O68" t="str">
         <v>Aluminium</v>
       </c>
       <c r="P68" t="str">
         <v>0,14</v>
       </c>
       <c r="Q68" t="str">
-        <v>1,6</v>
+        <v>1,95</v>
       </c>
       <c r="R68" t="str">
-        <v>Titanium</v>
+        <v>HT Polymer</v>
       </c>
       <c r="S68" t="str">
-        <v>156</v>
+        <v>110</v>
       </c>
       <c r="T68" t="str">
-        <v>6,1</v>
+        <v>4,33</v>
       </c>
       <c r="U68" t="str">
-        <v>66</v>
+        <v>51</v>
       </c>
       <c r="V68" t="str">
-        <v>2,6</v>
+        <v>2,01</v>
       </c>
       <c r="W68" t="str">
-        <v>3,9</v>
+        <v>1,4</v>
       </c>
       <c r="X68" t="str">
-        <v>8,6</v>
-[...17 lines deleted...]
-        <v>MMD3BTN8M</v>
+        <v>3,09</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="str">
-        <v>DE680TN</v>
+        <v>DE640U</v>
       </c>
       <c r="B69">
         <v>1.4</v>
       </c>
       <c r="C69" t="str">
         <v>36</v>
       </c>
       <c r="D69" t="str">
         <v>1,4</v>
       </c>
       <c r="E69" t="str">
         <v>8</v>
       </c>
       <c r="F69" t="str">
-        <v>7,7</v>
+        <v>7,6</v>
       </c>
       <c r="G69" t="str">
-        <v>80</v>
+        <v>70</v>
       </c>
       <c r="H69" t="str">
-        <v>160</v>
+        <v>140</v>
       </c>
       <c r="I69" t="str">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="J69" t="str">
         <v>1</v>
       </c>
       <c r="K69" t="str">
         <v>18</v>
       </c>
       <c r="L69" t="str">
         <v>1,2</v>
       </c>
       <c r="M69" t="str">
         <v>65</v>
       </c>
       <c r="N69" t="str">
         <v>2,5</v>
       </c>
       <c r="O69" t="str">
         <v>Aluminium</v>
       </c>
       <c r="P69" t="str">
-        <v>0,15</v>
+        <v>0,14</v>
       </c>
       <c r="Q69" t="str">
-        <v>1,8</v>
+        <v>1,95</v>
       </c>
       <c r="R69" t="str">
-        <v>Titanium</v>
+        <v>Polyimide</v>
       </c>
       <c r="S69" t="str">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="T69" t="str">
-        <v>4,5</v>
+        <v>4,33</v>
       </c>
       <c r="U69" t="str">
         <v>51</v>
       </c>
       <c r="V69" t="str">
         <v>2,01</v>
       </c>
       <c r="W69" t="str">
-        <v>1,75</v>
+        <v>1,4</v>
       </c>
       <c r="X69" t="str">
-        <v>3,85</v>
-[...17 lines deleted...]
-        <v>MMD25BTN8M</v>
+        <v>3,09</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="str">
-        <v>DE680TN</v>
+        <v>DE64TN</v>
       </c>
       <c r="B70">
-        <v>1.4</v>
+        <v>2</v>
       </c>
       <c r="C70" t="str">
-        <v>36</v>
+        <v>50</v>
       </c>
       <c r="D70" t="str">
-        <v>1,4</v>
+        <v>2</v>
       </c>
       <c r="E70" t="str">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="F70" t="str">
-        <v>11,2</v>
+        <v>8,4</v>
       </c>
       <c r="G70" t="str">
-        <v>80</v>
+        <v>110</v>
       </c>
       <c r="H70" t="str">
-        <v>160</v>
+        <v>220</v>
       </c>
       <c r="I70" t="str">
-        <v>108,5</v>
+        <v>107,5</v>
       </c>
       <c r="J70" t="str">
         <v>1</v>
       </c>
       <c r="K70" t="str">
         <v>18</v>
       </c>
       <c r="L70" t="str">
-        <v>1,2</v>
+        <v>1</v>
       </c>
       <c r="M70" t="str">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="N70" t="str">
-        <v>2,5</v>
+        <v>3</v>
       </c>
       <c r="O70" t="str">
         <v>Aluminium</v>
       </c>
       <c r="P70" t="str">
-        <v>0,15</v>
+        <v>0,14</v>
       </c>
       <c r="Q70" t="str">
-        <v>1,8</v>
+        <v>1,6</v>
       </c>
       <c r="R70" t="str">
         <v>Titanium</v>
       </c>
       <c r="S70" t="str">
-        <v>115</v>
+        <v>156</v>
       </c>
       <c r="T70" t="str">
-        <v>4,5</v>
+        <v>6,1</v>
       </c>
       <c r="U70" t="str">
-        <v>51</v>
+        <v>66</v>
       </c>
       <c r="V70" t="str">
-        <v>2,01</v>
+        <v>2,6</v>
       </c>
       <c r="W70" t="str">
-        <v>1,75</v>
+        <v>3,9</v>
       </c>
       <c r="X70" t="str">
-        <v>3,85</v>
+        <v>8,6</v>
       </c>
       <c r="Y70" t="str">
         <v>1</v>
       </c>
       <c r="Z70" t="str">
-        <v>1,79</v>
+        <v>4,02</v>
       </c>
       <c r="AA70" t="str">
-        <v>3,94</v>
+        <v>8,86</v>
       </c>
       <c r="AB70" t="str">
-        <v>120x120x65</v>
+        <v>190x190x80</v>
       </c>
       <c r="AC70" t="str">
-        <v>4.72x4.72x2.56</v>
+        <v>7.48x7.48x3.15</v>
       </c>
       <c r="AD70" t="str">
-        <v>MMD25BTN8M</v>
+        <v>MMD3BTN8M</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="str">
-        <v>DE7</v>
+        <v>DE680TN</v>
       </c>
       <c r="B71">
-        <v>0.75</v>
+        <v>1.4</v>
       </c>
       <c r="C71" t="str">
-        <v>19</v>
+        <v>36</v>
       </c>
       <c r="D71" t="str">
-        <v>0,75</v>
+        <v>1,4</v>
       </c>
       <c r="E71" t="str">
         <v>8</v>
       </c>
       <c r="F71" t="str">
-        <v>6,6</v>
+        <v>7,7</v>
       </c>
       <c r="G71" t="str">
-        <v>10</v>
+        <v>80</v>
       </c>
       <c r="H71" t="str">
-        <v>20</v>
+        <v>160</v>
       </c>
       <c r="I71" t="str">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="J71" t="str">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K71" t="str">
         <v>18</v>
       </c>
       <c r="L71" t="str">
+        <v>1,2</v>
+      </c>
+      <c r="M71" t="str">
+        <v>65</v>
+      </c>
+      <c r="N71" t="str">
         <v>2,5</v>
       </c>
-      <c r="M71" t="str">
-[...4 lines deleted...]
-      </c>
       <c r="O71" t="str">
         <v>Aluminium</v>
       </c>
       <c r="P71" t="str">
-        <v>0,1</v>
+        <v>0,15</v>
       </c>
       <c r="Q71" t="str">
-        <v>1,65</v>
+        <v>1,8</v>
       </c>
       <c r="R71" t="str">
-        <v>Mylar</v>
+        <v>Titanium</v>
       </c>
       <c r="S71" t="str">
-        <v>62</v>
+        <v>115</v>
       </c>
       <c r="T71" t="str">
-        <v>2,44</v>
+        <v>4,5</v>
       </c>
       <c r="U71" t="str">
-        <v>35</v>
+        <v>51</v>
       </c>
       <c r="V71" t="str">
-        <v>1,37</v>
+        <v>2,01</v>
       </c>
       <c r="W71" t="str">
-        <v>0,17</v>
+        <v>1,75</v>
       </c>
       <c r="X71" t="str">
-        <v>0,37</v>
+        <v>3,85</v>
       </c>
       <c r="Y71" t="str">
         <v>1</v>
       </c>
       <c r="Z71" t="str">
-        <v>0,18</v>
+        <v>1,79</v>
       </c>
       <c r="AA71" t="str">
-        <v>0,4</v>
+        <v>3,94</v>
       </c>
       <c r="AB71" t="str">
-        <v>65x55x40</v>
+        <v>120x120x65</v>
       </c>
       <c r="AC71" t="str">
-        <v>2.56x2.17x1.57</v>
+        <v>4.72x4.72x2.56</v>
       </c>
       <c r="AD71" t="str">
-        <v>MMDDE78</v>
+        <v>MMD25BTN8M</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="str">
-        <v>DE7</v>
+        <v>DE680TN</v>
       </c>
       <c r="B72">
-        <v>0.75</v>
+        <v>1.4</v>
       </c>
       <c r="C72" t="str">
-        <v>19</v>
+        <v>36</v>
       </c>
       <c r="D72" t="str">
-        <v>0,75</v>
+        <v>1,4</v>
       </c>
       <c r="E72" t="str">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="F72" t="str">
-        <v>4,7</v>
+        <v>11,2</v>
       </c>
       <c r="G72" t="str">
-        <v>10</v>
+        <v>80</v>
       </c>
       <c r="H72" t="str">
-        <v>20</v>
+        <v>160</v>
       </c>
       <c r="I72" t="str">
-        <v>107</v>
+        <v>108,5</v>
       </c>
       <c r="J72" t="str">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K72" t="str">
         <v>18</v>
       </c>
       <c r="L72" t="str">
+        <v>1,2</v>
+      </c>
+      <c r="M72" t="str">
+        <v>65</v>
+      </c>
+      <c r="N72" t="str">
         <v>2,5</v>
-      </c>
-[...4 lines deleted...]
-        <v>1</v>
       </c>
       <c r="O72" t="str">
         <v>Aluminium</v>
       </c>
       <c r="P72" t="str">
         <v>0,15</v>
       </c>
       <c r="Q72" t="str">
-        <v>1,65</v>
+        <v>1,8</v>
       </c>
       <c r="R72" t="str">
-        <v>Mylar</v>
+        <v>Titanium</v>
       </c>
       <c r="S72" t="str">
-        <v>62</v>
+        <v>115</v>
       </c>
       <c r="T72" t="str">
-        <v>2,44</v>
+        <v>4,5</v>
       </c>
       <c r="U72" t="str">
-        <v>35</v>
+        <v>51</v>
       </c>
       <c r="V72" t="str">
-        <v>1,37</v>
+        <v>2,01</v>
       </c>
       <c r="W72" t="str">
-        <v>0,17</v>
+        <v>1,75</v>
       </c>
       <c r="X72" t="str">
-        <v>0,37</v>
+        <v>3,85</v>
       </c>
       <c r="Y72" t="str">
         <v>1</v>
       </c>
       <c r="Z72" t="str">
-        <v>0,18</v>
+        <v>1,79</v>
       </c>
       <c r="AA72" t="str">
-        <v>0,4</v>
+        <v>3,94</v>
       </c>
       <c r="AB72" t="str">
-        <v>65x55x40</v>
+        <v>120x120x65</v>
       </c>
       <c r="AC72" t="str">
-        <v>2.56x2.17x1.57</v>
+        <v>4.72x4.72x2.56</v>
       </c>
       <c r="AD72" t="str">
-        <v>MMDDE74</v>
+        <v>MMD25BTN8M</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="str">
         <v>DE7</v>
       </c>
       <c r="B73">
         <v>0.75</v>
       </c>
       <c r="C73" t="str">
         <v>19</v>
       </c>
       <c r="D73" t="str">
         <v>0,75</v>
       </c>
       <c r="E73" t="str">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="F73" t="str">
-        <v>12</v>
+        <v>6,6</v>
       </c>
       <c r="G73" t="str">
         <v>10</v>
       </c>
       <c r="H73" t="str">
         <v>20</v>
       </c>
       <c r="I73" t="str">
         <v>109</v>
       </c>
       <c r="J73" t="str">
         <v>2</v>
       </c>
       <c r="K73" t="str">
         <v>18</v>
       </c>
       <c r="L73" t="str">
         <v>2,5</v>
       </c>
       <c r="M73" t="str">
         <v>25</v>
       </c>
       <c r="N73" t="str">
         <v>1</v>
       </c>
       <c r="O73" t="str">
         <v>Aluminium</v>
       </c>
       <c r="P73" t="str">
-        <v>0,16</v>
+        <v>0,1</v>
       </c>
       <c r="Q73" t="str">
         <v>1,65</v>
       </c>
       <c r="R73" t="str">
         <v>Mylar</v>
       </c>
       <c r="S73" t="str">
         <v>62</v>
       </c>
       <c r="T73" t="str">
         <v>2,44</v>
       </c>
       <c r="U73" t="str">
         <v>35</v>
       </c>
       <c r="V73" t="str">
         <v>1,37</v>
       </c>
       <c r="W73" t="str">
         <v>0,17</v>
       </c>
       <c r="X73" t="str">
         <v>0,37</v>
       </c>
       <c r="Y73" t="str">
         <v>1</v>
       </c>
       <c r="Z73" t="str">
         <v>0,18</v>
       </c>
       <c r="AA73" t="str">
         <v>0,4</v>
       </c>
       <c r="AB73" t="str">
         <v>65x55x40</v>
       </c>
       <c r="AC73" t="str">
         <v>2.56x2.17x1.57</v>
       </c>
       <c r="AD73" t="str">
-        <v>MMDDE716</v>
+        <v>MMDDE78</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="str">
-        <v>DE700</v>
+        <v>DE7</v>
       </c>
       <c r="B74">
-        <v>1.5</v>
+        <v>0.75</v>
+      </c>
+      <c r="C74" t="str">
+        <v>19</v>
+      </c>
+      <c r="D74" t="str">
+        <v>0,75</v>
       </c>
       <c r="E74" t="str">
-        <v>8</v>
+        <v>4</v>
+      </c>
+      <c r="F74" t="str">
+        <v>4,7</v>
+      </c>
+      <c r="G74" t="str">
+        <v>10</v>
+      </c>
+      <c r="H74" t="str">
+        <v>20</v>
+      </c>
+      <c r="I74" t="str">
+        <v>107</v>
+      </c>
+      <c r="J74" t="str">
+        <v>2</v>
+      </c>
+      <c r="K74" t="str">
+        <v>18</v>
+      </c>
+      <c r="L74" t="str">
+        <v>2,5</v>
+      </c>
+      <c r="M74" t="str">
+        <v>25</v>
+      </c>
+      <c r="N74" t="str">
+        <v>1</v>
+      </c>
+      <c r="O74" t="str">
+        <v>Aluminium</v>
+      </c>
+      <c r="P74" t="str">
+        <v>0,15</v>
+      </c>
+      <c r="Q74" t="str">
+        <v>1,65</v>
+      </c>
+      <c r="R74" t="str">
+        <v>Mylar</v>
+      </c>
+      <c r="S74" t="str">
+        <v>62</v>
+      </c>
+      <c r="T74" t="str">
+        <v>2,44</v>
+      </c>
+      <c r="U74" t="str">
+        <v>35</v>
+      </c>
+      <c r="V74" t="str">
+        <v>1,37</v>
+      </c>
+      <c r="W74" t="str">
+        <v>0,17</v>
+      </c>
+      <c r="X74" t="str">
+        <v>0,37</v>
+      </c>
+      <c r="Y74" t="str">
+        <v>1</v>
+      </c>
+      <c r="Z74" t="str">
+        <v>0,18</v>
+      </c>
+      <c r="AA74" t="str">
+        <v>0,4</v>
+      </c>
+      <c r="AB74" t="str">
+        <v>65x55x40</v>
+      </c>
+      <c r="AC74" t="str">
+        <v>2.56x2.17x1.57</v>
       </c>
       <c r="AD74" t="str">
-        <v>MMD3A8</v>
+        <v>MMDDE74</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="str">
-        <v>DE700TN</v>
+        <v>DE7</v>
       </c>
       <c r="B75">
-        <v>1.5</v>
+        <v>0.75</v>
       </c>
       <c r="C75" t="str">
-        <v>38</v>
+        <v>19</v>
       </c>
       <c r="D75" t="str">
-        <v>1,5</v>
+        <v>0,75</v>
       </c>
       <c r="E75" t="str">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="F75" t="str">
-        <v>8,4</v>
+        <v>12</v>
       </c>
       <c r="G75" t="str">
-        <v>110</v>
+        <v>10</v>
       </c>
       <c r="H75" t="str">
-        <v>220</v>
+        <v>20</v>
       </c>
       <c r="I75" t="str">
-        <v>107,5</v>
+        <v>109</v>
       </c>
       <c r="J75" t="str">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K75" t="str">
         <v>18</v>
       </c>
       <c r="L75" t="str">
-        <v>0,8</v>
+        <v>2,5</v>
       </c>
       <c r="M75" t="str">
-        <v>75</v>
+        <v>25</v>
       </c>
       <c r="N75" t="str">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="O75" t="str">
         <v>Aluminium</v>
       </c>
       <c r="P75" t="str">
-        <v>0,14</v>
+        <v>0,16</v>
       </c>
       <c r="Q75" t="str">
-        <v>1,9</v>
+        <v>1,65</v>
       </c>
       <c r="R75" t="str">
-        <v>Titanium</v>
+        <v>Mylar</v>
       </c>
       <c r="S75" t="str">
-        <v>180</v>
+        <v>62</v>
       </c>
       <c r="T75" t="str">
-        <v>7,1</v>
+        <v>2,44</v>
       </c>
       <c r="U75" t="str">
-        <v>70</v>
+        <v>35</v>
       </c>
       <c r="V75" t="str">
-        <v>2,8</v>
+        <v>1,37</v>
       </c>
       <c r="W75" t="str">
-        <v>6</v>
+        <v>0,17</v>
       </c>
       <c r="X75" t="str">
-        <v>13,2</v>
+        <v>0,37</v>
       </c>
       <c r="Y75" t="str">
         <v>1</v>
       </c>
       <c r="Z75" t="str">
-        <v>6,18</v>
+        <v>0,18</v>
       </c>
       <c r="AA75" t="str">
-        <v>13,62</v>
+        <v>0,4</v>
       </c>
       <c r="AB75" t="str">
-        <v>190x190x100</v>
+        <v>65x55x40</v>
       </c>
       <c r="AC75" t="str">
-        <v>7.48x7.48x3.94</v>
+        <v>2.56x2.17x1.57</v>
       </c>
       <c r="AD75" t="str">
-        <v>MMD3ATN8</v>
+        <v>MMDDE716</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="str">
-        <v>DE750</v>
+        <v>DE700</v>
       </c>
       <c r="B76">
-        <v>2</v>
+        <v>1.5</v>
       </c>
       <c r="E76" t="str">
         <v>8</v>
       </c>
       <c r="AD76" t="str">
-        <v>MMD3A8M</v>
+        <v>MMD3A8</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="str">
-        <v>DE750TN</v>
+        <v>DE700TN</v>
       </c>
       <c r="B77">
-        <v>2</v>
+        <v>1.5</v>
       </c>
       <c r="C77" t="str">
-        <v>50</v>
+        <v>38</v>
       </c>
       <c r="D77" t="str">
-        <v>2</v>
+        <v>1,5</v>
       </c>
       <c r="E77" t="str">
         <v>8</v>
       </c>
       <c r="F77" t="str">
-        <v>7,8</v>
+        <v>8,4</v>
       </c>
       <c r="G77" t="str">
         <v>110</v>
       </c>
       <c r="H77" t="str">
         <v>220</v>
       </c>
       <c r="I77" t="str">
         <v>107,5</v>
       </c>
       <c r="J77" t="str">
-        <v>0,5</v>
+        <v>1</v>
       </c>
       <c r="K77" t="str">
         <v>18</v>
       </c>
       <c r="L77" t="str">
         <v>0,8</v>
       </c>
       <c r="M77" t="str">
         <v>75</v>
       </c>
       <c r="N77" t="str">
         <v>3</v>
       </c>
       <c r="O77" t="str">
         <v>Aluminium</v>
       </c>
       <c r="P77" t="str">
         <v>0,14</v>
       </c>
       <c r="Q77" t="str">
         <v>1,9</v>
       </c>
       <c r="R77" t="str">
         <v>Titanium</v>
       </c>
       <c r="S77" t="str">
         <v>180</v>
       </c>
       <c r="T77" t="str">
         <v>7,1</v>
       </c>
       <c r="U77" t="str">
-        <v>87</v>
+        <v>70</v>
       </c>
       <c r="V77" t="str">
-        <v>3,4</v>
+        <v>2,8</v>
       </c>
       <c r="W77" t="str">
-        <v>6,1</v>
+        <v>6</v>
       </c>
       <c r="X77" t="str">
-        <v>13,45</v>
+        <v>13,2</v>
       </c>
       <c r="Y77" t="str">
         <v>1</v>
       </c>
       <c r="Z77" t="str">
-        <v>6,36</v>
+        <v>6,18</v>
       </c>
       <c r="AA77" t="str">
-        <v>14,02</v>
+        <v>13,62</v>
       </c>
       <c r="AB77" t="str">
-        <v>190x190x120</v>
+        <v>190x190x100</v>
       </c>
       <c r="AC77" t="str">
-        <v>7.48x7.48x4.72</v>
+        <v>7.48x7.48x3.94</v>
       </c>
       <c r="AD77" t="str">
         <v>MMD3ATN8</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="str">
-        <v>DE750TN</v>
+        <v>DE750</v>
       </c>
       <c r="B78">
         <v>2</v>
       </c>
-      <c r="C78" t="str">
-[...4 lines deleted...]
-      </c>
       <c r="E78" t="str">
-        <v>16</v>
-[...71 lines deleted...]
-        <v>7.48x7.48x4.72</v>
+        <v>8</v>
       </c>
       <c r="AD78" t="str">
-        <v>MMD3ATN16</v>
+        <v>MMD3A8M</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="str">
-        <v>DE75P</v>
+        <v>DE750TN</v>
       </c>
       <c r="B79">
         <v>2</v>
       </c>
+      <c r="C79" t="str">
+        <v>50</v>
+      </c>
+      <c r="D79" t="str">
+        <v>2</v>
+      </c>
       <c r="E79" t="str">
         <v>8</v>
       </c>
+      <c r="F79" t="str">
+        <v>7,8</v>
+      </c>
+      <c r="G79" t="str">
+        <v>110</v>
+      </c>
+      <c r="H79" t="str">
+        <v>220</v>
+      </c>
+      <c r="I79" t="str">
+        <v>107,5</v>
+      </c>
+      <c r="J79" t="str">
+        <v>0,5</v>
+      </c>
+      <c r="K79" t="str">
+        <v>18</v>
+      </c>
+      <c r="L79" t="str">
+        <v>0,8</v>
+      </c>
+      <c r="M79" t="str">
+        <v>75</v>
+      </c>
+      <c r="N79" t="str">
+        <v>3</v>
+      </c>
+      <c r="O79" t="str">
+        <v>Aluminium</v>
+      </c>
+      <c r="P79" t="str">
+        <v>0,14</v>
+      </c>
+      <c r="Q79" t="str">
+        <v>1,9</v>
+      </c>
+      <c r="R79" t="str">
+        <v>Titanium</v>
+      </c>
+      <c r="S79" t="str">
+        <v>180</v>
+      </c>
+      <c r="T79" t="str">
+        <v>7,1</v>
+      </c>
+      <c r="U79" t="str">
+        <v>87</v>
+      </c>
+      <c r="V79" t="str">
+        <v>3,4</v>
+      </c>
+      <c r="W79" t="str">
+        <v>6,1</v>
+      </c>
+      <c r="X79" t="str">
+        <v>13,45</v>
+      </c>
+      <c r="Y79" t="str">
+        <v>1</v>
+      </c>
+      <c r="Z79" t="str">
+        <v>6,36</v>
+      </c>
+      <c r="AA79" t="str">
+        <v>14,02</v>
+      </c>
+      <c r="AB79" t="str">
+        <v>190x190x120</v>
+      </c>
+      <c r="AC79" t="str">
+        <v>7.48x7.48x4.72</v>
+      </c>
       <c r="AD79" t="str">
-        <v>MMD3A8</v>
+        <v>MMD3ATN8</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="str">
-        <v>DE75PTN</v>
+        <v>DE750TN</v>
       </c>
       <c r="B80">
         <v>2</v>
       </c>
+      <c r="C80" t="str">
+        <v>50</v>
+      </c>
+      <c r="D80" t="str">
+        <v>2</v>
+      </c>
       <c r="E80" t="str">
-        <v>8</v>
+        <v>16</v>
+      </c>
+      <c r="F80" t="str">
+        <v>11,3</v>
+      </c>
+      <c r="G80" t="str">
+        <v>110</v>
+      </c>
+      <c r="H80" t="str">
+        <v>220</v>
+      </c>
+      <c r="I80" t="str">
+        <v>109</v>
+      </c>
+      <c r="J80" t="str">
+        <v>0,5</v>
+      </c>
+      <c r="K80" t="str">
+        <v>18</v>
+      </c>
+      <c r="L80" t="str">
+        <v>0,8</v>
+      </c>
+      <c r="M80" t="str">
+        <v>75</v>
+      </c>
+      <c r="N80" t="str">
+        <v>3</v>
+      </c>
+      <c r="O80" t="str">
+        <v>Aluminium</v>
+      </c>
+      <c r="P80" t="str">
+        <v>0,14</v>
+      </c>
+      <c r="Q80" t="str">
+        <v>1,9</v>
+      </c>
+      <c r="R80" t="str">
+        <v>Titanium</v>
+      </c>
+      <c r="S80" t="str">
+        <v>180</v>
+      </c>
+      <c r="T80" t="str">
+        <v>7,1</v>
+      </c>
+      <c r="U80" t="str">
+        <v>87</v>
+      </c>
+      <c r="V80" t="str">
+        <v>3,4</v>
+      </c>
+      <c r="W80" t="str">
+        <v>6,1</v>
+      </c>
+      <c r="X80" t="str">
+        <v>13,45</v>
+      </c>
+      <c r="Y80" t="str">
+        <v>1</v>
+      </c>
+      <c r="Z80" t="str">
+        <v>6,36</v>
+      </c>
+      <c r="AA80" t="str">
+        <v>14,02</v>
+      </c>
+      <c r="AB80" t="str">
+        <v>190x190x120</v>
+      </c>
+      <c r="AC80" t="str">
+        <v>7.48x7.48x4.72</v>
       </c>
       <c r="AD80" t="str">
-        <v>MMD3ATN8</v>
+        <v>MMD3ATN16</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="str">
-        <v>DE780TN</v>
+        <v>DE75P</v>
       </c>
       <c r="B81">
-        <v>1.4</v>
-[...5 lines deleted...]
-        <v>1,4</v>
+        <v>2</v>
       </c>
       <c r="E81" t="str">
-        <v>16</v>
-[...71 lines deleted...]
-        <v>4.72x4.72x2.56</v>
+        <v>8</v>
       </c>
       <c r="AD81" t="str">
-        <v>MMD3FTN16M</v>
+        <v>MMD3A8</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="str">
-        <v>DE780TN</v>
+        <v>DE75PTN</v>
       </c>
       <c r="B82">
-        <v>1.4</v>
-[...5 lines deleted...]
-        <v>1,4</v>
+        <v>2</v>
       </c>
       <c r="E82" t="str">
         <v>8</v>
       </c>
-      <c r="F82" t="str">
-[...70 lines deleted...]
-      </c>
       <c r="AD82" t="str">
-        <v>MMD3FTN8M</v>
+        <v>MMD3ATN8</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="str">
-        <v>DE785TN</v>
+        <v>DE780TN</v>
       </c>
       <c r="B83">
-        <v>2</v>
+        <v>1.4</v>
       </c>
       <c r="C83" t="str">
-        <v>50</v>
+        <v>36</v>
       </c>
       <c r="D83" t="str">
-        <v>2</v>
+        <v>1,4</v>
       </c>
       <c r="E83" t="str">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="F83" t="str">
-        <v>8,3</v>
+        <v>11,5</v>
       </c>
       <c r="G83" t="str">
         <v>110</v>
       </c>
       <c r="H83" t="str">
         <v>220</v>
       </c>
       <c r="I83" t="str">
-        <v>107,5</v>
+        <v>109</v>
       </c>
       <c r="J83" t="str">
         <v>0,5</v>
       </c>
       <c r="K83" t="str">
         <v>18</v>
       </c>
       <c r="L83" t="str">
-        <v>1</v>
+        <v>1,2</v>
       </c>
       <c r="M83" t="str">
         <v>75</v>
       </c>
       <c r="N83" t="str">
         <v>3</v>
       </c>
       <c r="O83" t="str">
         <v>Aluminium</v>
       </c>
       <c r="P83" t="str">
-        <v>0,17</v>
+        <v>0,22</v>
       </c>
       <c r="Q83" t="str">
         <v>1,95</v>
       </c>
       <c r="R83" t="str">
         <v>Titanium</v>
       </c>
       <c r="S83" t="str">
         <v>112</v>
       </c>
       <c r="T83" t="str">
         <v>4,41</v>
       </c>
       <c r="U83" t="str">
-        <v>77</v>
+        <v>56</v>
       </c>
       <c r="V83" t="str">
-        <v>3,03</v>
+        <v>2,2</v>
       </c>
       <c r="W83" t="str">
-        <v>1,75</v>
+        <v>1,6</v>
       </c>
       <c r="X83" t="str">
-        <v>3,86</v>
+        <v>3,53</v>
       </c>
       <c r="Y83" t="str">
         <v>1</v>
       </c>
       <c r="Z83" t="str">
-        <v>1,82</v>
+        <v>1,64</v>
       </c>
       <c r="AA83" t="str">
-        <v>4,01</v>
+        <v>3,6</v>
       </c>
       <c r="AB83" t="str">
-        <v>135x135x93</v>
+        <v>120x120x65</v>
       </c>
       <c r="AC83" t="str">
-        <v>5.31x5.31x3.66</v>
+        <v>4.72x4.72x2.56</v>
       </c>
       <c r="AD83" t="str">
-        <v>MMD3FTN8M</v>
+        <v>MMD3FTN16M</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="str">
-        <v>DE800</v>
+        <v>DE780TN</v>
       </c>
       <c r="B84">
         <v>1.4</v>
       </c>
       <c r="C84" t="str">
         <v>36</v>
       </c>
       <c r="D84" t="str">
         <v>1,4</v>
       </c>
       <c r="E84" t="str">
         <v>8</v>
       </c>
       <c r="F84" t="str">
-        <v>8</v>
+        <v>8,7</v>
       </c>
       <c r="G84" t="str">
         <v>110</v>
       </c>
       <c r="H84" t="str">
         <v>220</v>
       </c>
       <c r="I84" t="str">
         <v>108</v>
       </c>
       <c r="J84" t="str">
-        <v>1</v>
+        <v>0,5</v>
       </c>
       <c r="K84" t="str">
         <v>18</v>
       </c>
       <c r="L84" t="str">
         <v>1,2</v>
       </c>
       <c r="M84" t="str">
         <v>75</v>
       </c>
       <c r="N84" t="str">
         <v>3</v>
       </c>
       <c r="O84" t="str">
         <v>Aluminium</v>
       </c>
       <c r="P84" t="str">
-        <v>0,14</v>
+        <v>0,04</v>
       </c>
       <c r="Q84" t="str">
-        <v>1,85</v>
+        <v>1,95</v>
       </c>
       <c r="R84" t="str">
-        <v>Composite Polyimide/Titanium</v>
+        <v>Titanium</v>
       </c>
       <c r="S84" t="str">
-        <v>124</v>
+        <v>112</v>
       </c>
       <c r="T84" t="str">
-        <v>4,9</v>
+        <v>4,41</v>
       </c>
       <c r="U84" t="str">
         <v>56</v>
       </c>
       <c r="V84" t="str">
         <v>2,2</v>
       </c>
       <c r="W84" t="str">
-        <v>2,3</v>
+        <v>1,6</v>
       </c>
       <c r="X84" t="str">
-        <v>5,1</v>
+        <v>3,53</v>
       </c>
       <c r="Y84" t="str">
         <v>1</v>
       </c>
       <c r="Z84" t="str">
-        <v>2,35</v>
+        <v>1,64</v>
       </c>
       <c r="AA84" t="str">
-        <v>5,17</v>
+        <v>3,6</v>
       </c>
       <c r="AB84" t="str">
-        <v>140x135x62</v>
+        <v>120x120x65</v>
       </c>
       <c r="AC84" t="str">
-        <v>5.51x5.31x2.44</v>
+        <v>4.72x4.72x2.56</v>
       </c>
       <c r="AD84" t="str">
-        <v>MMD8008M</v>
+        <v>MMD3FTN8M</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="str">
-        <v>DE82</v>
+        <v>DE785TN</v>
       </c>
       <c r="B85">
-        <v>1.4</v>
+        <v>2</v>
       </c>
       <c r="C85" t="str">
-        <v>36</v>
+        <v>50</v>
       </c>
       <c r="D85" t="str">
-        <v>1,4</v>
+        <v>2</v>
       </c>
       <c r="E85" t="str">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="F85" t="str">
-        <v>10,8</v>
+        <v>8,3</v>
       </c>
       <c r="G85" t="str">
-        <v>80</v>
+        <v>110</v>
       </c>
       <c r="H85" t="str">
-        <v>160</v>
+        <v>220</v>
       </c>
       <c r="I85" t="str">
-        <v>108</v>
+        <v>107,5</v>
       </c>
       <c r="J85" t="str">
         <v>0,5</v>
       </c>
       <c r="K85" t="str">
         <v>18</v>
       </c>
       <c r="L85" t="str">
         <v>1</v>
       </c>
       <c r="M85" t="str">
         <v>75</v>
       </c>
       <c r="N85" t="str">
         <v>3</v>
       </c>
       <c r="O85" t="str">
         <v>Aluminium</v>
       </c>
       <c r="P85" t="str">
-        <v>0,14</v>
+        <v>0,17</v>
       </c>
       <c r="Q85" t="str">
-        <v>1,8</v>
+        <v>1,95</v>
       </c>
       <c r="R85" t="str">
         <v>Titanium</v>
       </c>
       <c r="S85" t="str">
-        <v>170</v>
+        <v>112</v>
       </c>
       <c r="T85" t="str">
-        <v>6,69</v>
+        <v>4,41</v>
       </c>
       <c r="U85" t="str">
-        <v>64</v>
+        <v>77</v>
       </c>
       <c r="V85" t="str">
-        <v>2,52</v>
+        <v>3,03</v>
       </c>
       <c r="W85" t="str">
-        <v>4,44</v>
+        <v>1,75</v>
       </c>
       <c r="X85" t="str">
-        <v>9,79</v>
+        <v>3,86</v>
       </c>
       <c r="Y85" t="str">
         <v>1</v>
       </c>
       <c r="Z85" t="str">
-        <v>4,56</v>
+        <v>1,82</v>
       </c>
       <c r="AA85" t="str">
-        <v>10,05</v>
+        <v>4,01</v>
       </c>
       <c r="AB85" t="str">
-        <v>190x190x80</v>
+        <v>135x135x93</v>
       </c>
       <c r="AC85" t="str">
-        <v>7.48x7.48x3.15</v>
+        <v>5.31x5.31x3.66</v>
       </c>
       <c r="AD85" t="str">
-        <v>MMD3A16</v>
+        <v>MMD3FTN8M</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="str">
-        <v>DE82</v>
+        <v>DE800</v>
       </c>
       <c r="B86">
         <v>1.4</v>
       </c>
       <c r="C86" t="str">
         <v>36</v>
       </c>
       <c r="D86" t="str">
         <v>1,4</v>
       </c>
       <c r="E86" t="str">
         <v>8</v>
       </c>
       <c r="F86" t="str">
         <v>8</v>
       </c>
       <c r="G86" t="str">
-        <v>80</v>
+        <v>110</v>
       </c>
       <c r="H86" t="str">
-        <v>160</v>
+        <v>220</v>
       </c>
       <c r="I86" t="str">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="J86" t="str">
-        <v>0,5</v>
+        <v>1</v>
       </c>
       <c r="K86" t="str">
         <v>18</v>
       </c>
       <c r="L86" t="str">
-        <v>1</v>
+        <v>1,2</v>
       </c>
       <c r="M86" t="str">
         <v>75</v>
       </c>
       <c r="N86" t="str">
         <v>3</v>
       </c>
       <c r="O86" t="str">
         <v>Aluminium</v>
       </c>
       <c r="P86" t="str">
         <v>0,14</v>
       </c>
       <c r="Q86" t="str">
-        <v>1,8</v>
+        <v>1,85</v>
       </c>
       <c r="R86" t="str">
-        <v>Titanium</v>
+        <v>Composite Polyimide/Titanium</v>
       </c>
       <c r="S86" t="str">
-        <v>170</v>
+        <v>124</v>
       </c>
       <c r="T86" t="str">
-        <v>6,69</v>
+        <v>4,9</v>
       </c>
       <c r="U86" t="str">
-        <v>64</v>
+        <v>56</v>
       </c>
       <c r="V86" t="str">
-        <v>2,52</v>
+        <v>2,2</v>
       </c>
       <c r="W86" t="str">
-        <v>4,44</v>
+        <v>2,3</v>
       </c>
       <c r="X86" t="str">
-        <v>9,79</v>
+        <v>5,1</v>
       </c>
       <c r="Y86" t="str">
         <v>1</v>
       </c>
       <c r="Z86" t="str">
-        <v>4,56</v>
+        <v>2,35</v>
       </c>
       <c r="AA86" t="str">
-        <v>10,05</v>
+        <v>5,17</v>
       </c>
       <c r="AB86" t="str">
-        <v>190x190x80</v>
+        <v>140x135x62</v>
       </c>
       <c r="AC86" t="str">
-        <v>7.48x7.48x3.15</v>
+        <v>5.51x5.31x2.44</v>
       </c>
       <c r="AD86" t="str">
-        <v>MMD3A8</v>
+        <v>MMD8008M</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="str">
-        <v>DE820TN</v>
+        <v>DE82</v>
       </c>
       <c r="B87">
         <v>1.4</v>
       </c>
       <c r="C87" t="str">
         <v>36</v>
       </c>
       <c r="D87" t="str">
         <v>1,4</v>
       </c>
       <c r="E87" t="str">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="F87" t="str">
-        <v>8,5</v>
+        <v>10,8</v>
       </c>
       <c r="G87" t="str">
-        <v>110</v>
+        <v>80</v>
       </c>
       <c r="H87" t="str">
-        <v>220</v>
+        <v>160</v>
       </c>
       <c r="I87" t="str">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="J87" t="str">
-        <v>1</v>
+        <v>0,5</v>
       </c>
       <c r="K87" t="str">
         <v>18</v>
       </c>
       <c r="L87" t="str">
-        <v>1,2</v>
+        <v>1</v>
       </c>
       <c r="M87" t="str">
         <v>75</v>
       </c>
       <c r="N87" t="str">
         <v>3</v>
       </c>
       <c r="O87" t="str">
         <v>Aluminium</v>
       </c>
       <c r="P87" t="str">
         <v>0,14</v>
       </c>
       <c r="Q87" t="str">
-        <v>1,85</v>
+        <v>1,8</v>
       </c>
       <c r="R87" t="str">
         <v>Titanium</v>
       </c>
       <c r="S87" t="str">
-        <v>124</v>
+        <v>170</v>
       </c>
       <c r="T87" t="str">
-        <v>4,9</v>
+        <v>6,69</v>
       </c>
       <c r="U87" t="str">
-        <v>55</v>
+        <v>64</v>
       </c>
       <c r="V87" t="str">
-        <v>2,2</v>
+        <v>2,52</v>
       </c>
       <c r="W87" t="str">
-        <v>2,23</v>
+        <v>4,44</v>
       </c>
       <c r="X87" t="str">
-        <v>4,92</v>
+        <v>9,79</v>
       </c>
       <c r="Y87" t="str">
         <v>1</v>
       </c>
       <c r="Z87" t="str">
-        <v>2,68</v>
+        <v>4,56</v>
       </c>
       <c r="AA87" t="str">
-        <v>5,91</v>
+        <v>10,05</v>
       </c>
       <c r="AB87" t="str">
-        <v>140x135x62</v>
+        <v>190x190x80</v>
       </c>
       <c r="AC87" t="str">
-        <v>5.51x5.31x2.44</v>
+        <v>7.48x7.48x3.15</v>
       </c>
       <c r="AD87" t="str">
-        <v>MMD3CTN8M</v>
+        <v>MMD3A16</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="str">
-        <v>DE82TN</v>
+        <v>DE82</v>
       </c>
       <c r="B88">
         <v>1.4</v>
       </c>
       <c r="C88" t="str">
         <v>36</v>
       </c>
       <c r="D88" t="str">
         <v>1,4</v>
       </c>
       <c r="E88" t="str">
         <v>8</v>
       </c>
       <c r="F88" t="str">
-        <v>8,5</v>
+        <v>8</v>
       </c>
       <c r="G88" t="str">
-        <v>110</v>
+        <v>80</v>
       </c>
       <c r="H88" t="str">
-        <v>220</v>
+        <v>160</v>
       </c>
       <c r="I88" t="str">
-        <v>106,5</v>
+        <v>107</v>
       </c>
       <c r="J88" t="str">
-        <v>500</v>
+        <v>0,5</v>
       </c>
       <c r="K88" t="str">
         <v>18</v>
       </c>
       <c r="L88" t="str">
         <v>1</v>
       </c>
       <c r="M88" t="str">
         <v>75</v>
       </c>
       <c r="N88" t="str">
         <v>3</v>
       </c>
       <c r="O88" t="str">
         <v>Aluminium</v>
       </c>
       <c r="P88" t="str">
         <v>0,14</v>
       </c>
       <c r="Q88" t="str">
         <v>1,8</v>
       </c>
       <c r="R88" t="str">
         <v>Titanium</v>
       </c>
       <c r="S88" t="str">
         <v>170</v>
       </c>
       <c r="T88" t="str">
-        <v>6,7</v>
+        <v>6,69</v>
       </c>
       <c r="U88" t="str">
         <v>64</v>
       </c>
       <c r="V88" t="str">
-        <v>2,5</v>
+        <v>2,52</v>
       </c>
       <c r="W88" t="str">
         <v>4,44</v>
       </c>
       <c r="X88" t="str">
         <v>9,79</v>
       </c>
       <c r="Y88" t="str">
         <v>1</v>
       </c>
       <c r="Z88" t="str">
         <v>4,56</v>
       </c>
       <c r="AA88" t="str">
         <v>10,05</v>
       </c>
       <c r="AB88" t="str">
         <v>190x190x80</v>
       </c>
       <c r="AC88" t="str">
         <v>7.48x7.48x3.15</v>
       </c>
+      <c r="AD88" t="str">
+        <v>MMD3A8</v>
+      </c>
     </row>
     <row r="89">
       <c r="A89" t="str">
-        <v>DE82TN</v>
+        <v>DE820TN</v>
       </c>
       <c r="B89">
         <v>1.4</v>
       </c>
       <c r="C89" t="str">
         <v>36</v>
       </c>
       <c r="D89" t="str">
         <v>1,4</v>
       </c>
       <c r="E89" t="str">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="F89" t="str">
-        <v>10,4</v>
+        <v>8,5</v>
       </c>
       <c r="G89" t="str">
         <v>110</v>
       </c>
       <c r="H89" t="str">
         <v>220</v>
       </c>
       <c r="I89" t="str">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="J89" t="str">
-        <v>0,5</v>
+        <v>1</v>
       </c>
       <c r="K89" t="str">
         <v>18</v>
       </c>
       <c r="L89" t="str">
-        <v>1</v>
+        <v>1,2</v>
       </c>
       <c r="M89" t="str">
         <v>75</v>
       </c>
       <c r="N89" t="str">
         <v>3</v>
       </c>
       <c r="O89" t="str">
         <v>Aluminium</v>
       </c>
       <c r="P89" t="str">
         <v>0,14</v>
       </c>
       <c r="Q89" t="str">
-        <v>1,8</v>
+        <v>1,85</v>
       </c>
       <c r="R89" t="str">
         <v>Titanium</v>
       </c>
       <c r="S89" t="str">
-        <v>170</v>
+        <v>124</v>
       </c>
       <c r="T89" t="str">
-        <v>6,7</v>
+        <v>4,9</v>
       </c>
       <c r="U89" t="str">
-        <v>64</v>
+        <v>55</v>
       </c>
       <c r="V89" t="str">
-        <v>2,5</v>
+        <v>2,2</v>
       </c>
       <c r="W89" t="str">
-        <v>4,44</v>
+        <v>2,23</v>
       </c>
       <c r="X89" t="str">
-        <v>9,79</v>
+        <v>4,92</v>
       </c>
       <c r="Y89" t="str">
         <v>1</v>
       </c>
       <c r="Z89" t="str">
-        <v>4,56</v>
+        <v>2,68</v>
       </c>
       <c r="AA89" t="str">
-        <v>10,05</v>
+        <v>5,91</v>
       </c>
       <c r="AB89" t="str">
-        <v>190x190x80</v>
+        <v>140x135x62</v>
       </c>
       <c r="AC89" t="str">
-        <v>7.48x7.48x3.15</v>
+        <v>5.51x5.31x2.44</v>
       </c>
       <c r="AD89" t="str">
-        <v>MMD3ATN16</v>
+        <v>MMD3CTN8M</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="str">
-        <v>DE85</v>
+        <v>DE82TN</v>
       </c>
       <c r="B90">
-        <v>2</v>
+        <v>1.4</v>
+      </c>
+      <c r="C90" t="str">
+        <v>36</v>
+      </c>
+      <c r="D90" t="str">
+        <v>1,4</v>
       </c>
       <c r="E90" t="str">
         <v>8</v>
       </c>
-      <c r="AD90" t="str">
-        <v>MMD3A8</v>
+      <c r="F90" t="str">
+        <v>8,5</v>
+      </c>
+      <c r="G90" t="str">
+        <v>110</v>
+      </c>
+      <c r="H90" t="str">
+        <v>220</v>
+      </c>
+      <c r="I90" t="str">
+        <v>106,5</v>
+      </c>
+      <c r="J90" t="str">
+        <v>500</v>
+      </c>
+      <c r="K90" t="str">
+        <v>18</v>
+      </c>
+      <c r="L90" t="str">
+        <v>1</v>
+      </c>
+      <c r="M90" t="str">
+        <v>75</v>
+      </c>
+      <c r="N90" t="str">
+        <v>3</v>
+      </c>
+      <c r="O90" t="str">
+        <v>Aluminium</v>
+      </c>
+      <c r="P90" t="str">
+        <v>0,14</v>
+      </c>
+      <c r="Q90" t="str">
+        <v>1,8</v>
+      </c>
+      <c r="R90" t="str">
+        <v>Titanium</v>
+      </c>
+      <c r="S90" t="str">
+        <v>170</v>
+      </c>
+      <c r="T90" t="str">
+        <v>6,7</v>
+      </c>
+      <c r="U90" t="str">
+        <v>64</v>
+      </c>
+      <c r="V90" t="str">
+        <v>2,5</v>
+      </c>
+      <c r="W90" t="str">
+        <v>4,44</v>
+      </c>
+      <c r="X90" t="str">
+        <v>9,79</v>
+      </c>
+      <c r="Y90" t="str">
+        <v>1</v>
+      </c>
+      <c r="Z90" t="str">
+        <v>4,56</v>
+      </c>
+      <c r="AA90" t="str">
+        <v>10,05</v>
+      </c>
+      <c r="AB90" t="str">
+        <v>190x190x80</v>
+      </c>
+      <c r="AC90" t="str">
+        <v>7.48x7.48x3.15</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="str">
-        <v>DE850TN</v>
+        <v>DE82TN</v>
       </c>
       <c r="B91">
-        <v>2</v>
+        <v>1.4</v>
       </c>
       <c r="C91" t="str">
-        <v>50</v>
+        <v>36</v>
       </c>
       <c r="D91" t="str">
-        <v>2</v>
+        <v>1,4</v>
       </c>
       <c r="E91" t="str">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="F91" t="str">
-        <v>8,5</v>
+        <v>10,4</v>
       </c>
       <c r="G91" t="str">
         <v>110</v>
       </c>
       <c r="H91" t="str">
         <v>220</v>
       </c>
       <c r="I91" t="str">
         <v>108</v>
       </c>
       <c r="J91" t="str">
-        <v>1</v>
+        <v>0,5</v>
       </c>
       <c r="K91" t="str">
         <v>18</v>
       </c>
       <c r="L91" t="str">
         <v>1</v>
       </c>
       <c r="M91" t="str">
         <v>75</v>
       </c>
       <c r="N91" t="str">
         <v>3</v>
       </c>
       <c r="O91" t="str">
         <v>Aluminium</v>
       </c>
       <c r="P91" t="str">
         <v>0,14</v>
       </c>
       <c r="Q91" t="str">
-        <v>1,85</v>
+        <v>1,8</v>
       </c>
       <c r="R91" t="str">
         <v>Titanium</v>
       </c>
       <c r="S91" t="str">
-        <v>124</v>
+        <v>170</v>
       </c>
       <c r="T91" t="str">
-        <v>4,9</v>
+        <v>6,7</v>
       </c>
       <c r="U91" t="str">
-        <v>88</v>
+        <v>64</v>
       </c>
       <c r="V91" t="str">
-        <v>3,46</v>
+        <v>2,5</v>
       </c>
       <c r="W91" t="str">
-        <v>2,45</v>
+        <v>4,44</v>
       </c>
       <c r="X91" t="str">
-        <v>5,4</v>
+        <v>9,79</v>
       </c>
       <c r="Y91" t="str">
         <v>1</v>
       </c>
       <c r="Z91" t="str">
-        <v>2,52</v>
+        <v>4,56</v>
       </c>
       <c r="AA91" t="str">
-        <v>5,56</v>
+        <v>10,05</v>
       </c>
       <c r="AB91" t="str">
-        <v>135x135x93</v>
+        <v>190x190x80</v>
       </c>
       <c r="AC91" t="str">
-        <v>5.31x5.31x3.66</v>
+        <v>7.48x7.48x3.15</v>
       </c>
       <c r="AD91" t="str">
-        <v>MMD3CTN8M</v>
+        <v>MMD3ATN16</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="str">
-        <v>DE85TN</v>
+        <v>DE85</v>
       </c>
       <c r="B92">
         <v>2</v>
       </c>
-      <c r="C92" t="str">
-[...4 lines deleted...]
-      </c>
       <c r="E92" t="str">
         <v>8</v>
       </c>
-      <c r="F92" t="str">
-[...70 lines deleted...]
-      </c>
       <c r="AD92" t="str">
-        <v>MMD3ATN8</v>
+        <v>MMD3A8</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="str">
-        <v>DE880TN</v>
+        <v>DE850TN</v>
       </c>
       <c r="B93">
-        <v>1.4</v>
+        <v>2</v>
       </c>
       <c r="C93" t="str">
-        <v>36</v>
+        <v>50</v>
       </c>
       <c r="D93" t="str">
-        <v>1,4</v>
+        <v>2</v>
       </c>
       <c r="E93" t="str">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="F93" t="str">
-        <v>11</v>
+        <v>8,5</v>
       </c>
       <c r="G93" t="str">
         <v>110</v>
       </c>
       <c r="H93" t="str">
         <v>220</v>
       </c>
       <c r="I93" t="str">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="J93" t="str">
-        <v>0,5</v>
+        <v>1</v>
       </c>
       <c r="K93" t="str">
         <v>18</v>
       </c>
       <c r="L93" t="str">
-        <v>1,2</v>
+        <v>1</v>
       </c>
       <c r="M93" t="str">
         <v>75</v>
       </c>
       <c r="N93" t="str">
         <v>3</v>
       </c>
       <c r="O93" t="str">
         <v>Aluminium</v>
       </c>
       <c r="P93" t="str">
-        <v>0,12</v>
+        <v>0,14</v>
       </c>
       <c r="Q93" t="str">
         <v>1,85</v>
       </c>
       <c r="R93" t="str">
         <v>Titanium</v>
       </c>
       <c r="S93" t="str">
         <v>124</v>
       </c>
       <c r="T93" t="str">
         <v>4,9</v>
       </c>
       <c r="U93" t="str">
-        <v>54</v>
+        <v>88</v>
       </c>
       <c r="V93" t="str">
-        <v>2,13</v>
+        <v>3,46</v>
       </c>
       <c r="W93" t="str">
-        <v>2,15</v>
+        <v>2,45</v>
       </c>
       <c r="X93" t="str">
-        <v>4,74</v>
+        <v>5,4</v>
       </c>
       <c r="Y93" t="str">
         <v>1</v>
       </c>
       <c r="Z93" t="str">
-        <v>2,2</v>
+        <v>2,52</v>
       </c>
       <c r="AA93" t="str">
-        <v>4,85</v>
+        <v>5,56</v>
       </c>
       <c r="AB93" t="str">
-        <v>140x135x62</v>
+        <v>135x135x93</v>
       </c>
       <c r="AC93" t="str">
-        <v>5.51x5.31x2.44</v>
+        <v>5.31x5.31x3.66</v>
       </c>
       <c r="AD93" t="str">
-        <v>MMD3DTN16M</v>
+        <v>MMD3CTN8M</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="str">
-        <v>DE880TN</v>
+        <v>DE85TN</v>
       </c>
       <c r="B94">
-        <v>1.4</v>
+        <v>2</v>
       </c>
       <c r="C94" t="str">
-        <v>36</v>
+        <v>50</v>
       </c>
       <c r="D94" t="str">
-        <v>1,4</v>
+        <v>2</v>
       </c>
       <c r="E94" t="str">
         <v>8</v>
       </c>
       <c r="F94" t="str">
-        <v>8,1</v>
+        <v>8,2</v>
       </c>
       <c r="G94" t="str">
         <v>110</v>
       </c>
       <c r="H94" t="str">
         <v>220</v>
       </c>
       <c r="I94" t="str">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="J94" t="str">
         <v>0,5</v>
       </c>
       <c r="K94" t="str">
         <v>18</v>
       </c>
       <c r="L94" t="str">
-        <v>1,2</v>
+        <v>1</v>
       </c>
       <c r="M94" t="str">
         <v>75</v>
       </c>
       <c r="N94" t="str">
         <v>3</v>
       </c>
       <c r="O94" t="str">
         <v>Aluminium</v>
       </c>
       <c r="P94" t="str">
-        <v>0,1</v>
+        <v>0,14</v>
       </c>
       <c r="Q94" t="str">
-        <v>1,85</v>
+        <v>1,8</v>
       </c>
       <c r="R94" t="str">
         <v>Titanium</v>
       </c>
       <c r="S94" t="str">
-        <v>124</v>
+        <v>170</v>
       </c>
       <c r="T94" t="str">
-        <v>4,9</v>
+        <v>6,7</v>
       </c>
       <c r="U94" t="str">
-        <v>54</v>
+        <v>64</v>
       </c>
       <c r="V94" t="str">
-        <v>2,13</v>
+        <v>2,5</v>
       </c>
       <c r="W94" t="str">
-        <v>2,15</v>
+        <v>4,4</v>
       </c>
       <c r="X94" t="str">
-        <v>4,74</v>
+        <v>9,7</v>
       </c>
       <c r="Y94" t="str">
         <v>1</v>
       </c>
       <c r="Z94" t="str">
-        <v>2,2</v>
+        <v>4,52</v>
       </c>
       <c r="AA94" t="str">
-        <v>4,85</v>
+        <v>9,96</v>
       </c>
       <c r="AB94" t="str">
-        <v>140x135x62</v>
+        <v>190x190x80</v>
       </c>
       <c r="AC94" t="str">
-        <v>5.51x5.31x2.44</v>
+        <v>7.48x7.48x3.15</v>
       </c>
       <c r="AD94" t="str">
-        <v>MMD3DTN8M</v>
+        <v>MMD3ATN8</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="str">
-        <v>DE885TN</v>
+        <v>DE880TN</v>
       </c>
       <c r="B95">
-        <v>2</v>
+        <v>1.4</v>
       </c>
       <c r="C95" t="str">
-        <v>50</v>
+        <v>36</v>
       </c>
       <c r="D95" t="str">
-        <v>2</v>
+        <v>1,4</v>
       </c>
       <c r="E95" t="str">
         <v>16</v>
       </c>
       <c r="F95" t="str">
-        <v>10,4</v>
+        <v>11</v>
       </c>
       <c r="G95" t="str">
         <v>110</v>
       </c>
       <c r="H95" t="str">
         <v>220</v>
       </c>
       <c r="I95" t="str">
-        <v>109,5</v>
+        <v>109</v>
       </c>
       <c r="J95" t="str">
-        <v>0,8</v>
+        <v>0,5</v>
       </c>
       <c r="K95" t="str">
         <v>18</v>
       </c>
       <c r="L95" t="str">
-        <v>1</v>
+        <v>1,2</v>
       </c>
       <c r="M95" t="str">
         <v>75</v>
       </c>
       <c r="N95" t="str">
         <v>3</v>
       </c>
       <c r="O95" t="str">
         <v>Aluminium</v>
       </c>
       <c r="P95" t="str">
-        <v>0,1</v>
+        <v>0,12</v>
       </c>
       <c r="Q95" t="str">
         <v>1,85</v>
       </c>
       <c r="R95" t="str">
         <v>Titanium</v>
       </c>
       <c r="S95" t="str">
         <v>124</v>
       </c>
       <c r="T95" t="str">
-        <v>4,88</v>
+        <v>4,9</v>
       </c>
       <c r="U95" t="str">
-        <v>88</v>
+        <v>54</v>
       </c>
       <c r="V95" t="str">
-        <v>3,46</v>
+        <v>2,13</v>
       </c>
       <c r="W95" t="str">
-        <v>2,4</v>
+        <v>2,15</v>
       </c>
       <c r="X95" t="str">
-        <v>5,29</v>
+        <v>4,74</v>
       </c>
       <c r="Y95" t="str">
         <v>1</v>
       </c>
       <c r="Z95" t="str">
-        <v>2,47</v>
+        <v>2,2</v>
       </c>
       <c r="AA95" t="str">
-        <v>5,45</v>
+        <v>4,85</v>
       </c>
       <c r="AB95" t="str">
-        <v>135x135x93</v>
+        <v>140x135x62</v>
       </c>
       <c r="AC95" t="str">
-        <v>5.31x5.31x3.66</v>
+        <v>5.51x5.31x2.44</v>
       </c>
       <c r="AD95" t="str">
         <v>MMD3DTN16M</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="str">
-        <v>DE885TN</v>
+        <v>DE880TN</v>
       </c>
       <c r="B96">
-        <v>2</v>
+        <v>1.4</v>
       </c>
       <c r="C96" t="str">
-        <v>50</v>
+        <v>36</v>
       </c>
       <c r="D96" t="str">
-        <v>2</v>
+        <v>1,4</v>
       </c>
       <c r="E96" t="str">
         <v>8</v>
       </c>
       <c r="F96" t="str">
-        <v>8</v>
+        <v>8,1</v>
       </c>
       <c r="G96" t="str">
         <v>110</v>
       </c>
       <c r="H96" t="str">
         <v>220</v>
       </c>
       <c r="I96" t="str">
-        <v>108,5</v>
+        <v>108</v>
       </c>
       <c r="J96" t="str">
-        <v>0,8</v>
+        <v>0,5</v>
       </c>
       <c r="K96" t="str">
         <v>18</v>
       </c>
       <c r="L96" t="str">
-        <v>1</v>
+        <v>1,2</v>
       </c>
       <c r="M96" t="str">
         <v>75</v>
       </c>
       <c r="N96" t="str">
         <v>3</v>
       </c>
       <c r="O96" t="str">
         <v>Aluminium</v>
       </c>
       <c r="P96" t="str">
         <v>0,1</v>
       </c>
       <c r="Q96" t="str">
         <v>1,85</v>
       </c>
       <c r="R96" t="str">
         <v>Titanium</v>
       </c>
       <c r="S96" t="str">
         <v>124</v>
       </c>
       <c r="T96" t="str">
-        <v>4,88</v>
+        <v>4,9</v>
       </c>
       <c r="U96" t="str">
-        <v>88</v>
+        <v>54</v>
       </c>
       <c r="V96" t="str">
-        <v>3,46</v>
+        <v>2,13</v>
       </c>
       <c r="W96" t="str">
-        <v>2,4</v>
+        <v>2,15</v>
       </c>
       <c r="X96" t="str">
-        <v>5,29</v>
+        <v>4,74</v>
       </c>
       <c r="Y96" t="str">
         <v>1</v>
       </c>
       <c r="Z96" t="str">
-        <v>2,47</v>
+        <v>2,2</v>
       </c>
       <c r="AA96" t="str">
-        <v>5,45</v>
+        <v>4,85</v>
       </c>
       <c r="AB96" t="str">
-        <v>135x135x93</v>
+        <v>140x135x62</v>
       </c>
       <c r="AC96" t="str">
-        <v>5.31x5.31x3.66</v>
+        <v>5.51x5.31x2.44</v>
       </c>
       <c r="AD96" t="str">
         <v>MMD3DTN8M</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="str">
-        <v>DE900</v>
+        <v>DE885TN</v>
       </c>
       <c r="B97">
-        <v>1.4</v>
+        <v>2</v>
+      </c>
+      <c r="C97" t="str">
+        <v>50</v>
+      </c>
+      <c r="D97" t="str">
+        <v>2</v>
       </c>
       <c r="E97" t="str">
-        <v>8</v>
+        <v>16</v>
+      </c>
+      <c r="F97" t="str">
+        <v>10,4</v>
+      </c>
+      <c r="G97" t="str">
+        <v>110</v>
+      </c>
+      <c r="H97" t="str">
+        <v>220</v>
+      </c>
+      <c r="I97" t="str">
+        <v>109,5</v>
+      </c>
+      <c r="J97" t="str">
+        <v>0,8</v>
+      </c>
+      <c r="K97" t="str">
+        <v>18</v>
+      </c>
+      <c r="L97" t="str">
+        <v>1</v>
+      </c>
+      <c r="M97" t="str">
+        <v>75</v>
+      </c>
+      <c r="N97" t="str">
+        <v>3</v>
+      </c>
+      <c r="O97" t="str">
+        <v>Aluminium</v>
+      </c>
+      <c r="P97" t="str">
+        <v>0,1</v>
+      </c>
+      <c r="Q97" t="str">
+        <v>1,85</v>
+      </c>
+      <c r="R97" t="str">
+        <v>Titanium</v>
+      </c>
+      <c r="S97" t="str">
+        <v>124</v>
+      </c>
+      <c r="T97" t="str">
+        <v>4,88</v>
+      </c>
+      <c r="U97" t="str">
+        <v>88</v>
+      </c>
+      <c r="V97" t="str">
+        <v>3,46</v>
+      </c>
+      <c r="W97" t="str">
+        <v>2,4</v>
+      </c>
+      <c r="X97" t="str">
+        <v>5,29</v>
+      </c>
+      <c r="Y97" t="str">
+        <v>1</v>
+      </c>
+      <c r="Z97" t="str">
+        <v>2,47</v>
+      </c>
+      <c r="AA97" t="str">
+        <v>5,45</v>
+      </c>
+      <c r="AB97" t="str">
+        <v>135x135x93</v>
+      </c>
+      <c r="AC97" t="str">
+        <v>5.31x5.31x3.66</v>
       </c>
       <c r="AD97" t="str">
-        <v>MMD3B8M</v>
+        <v>MMD3DTN16M</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="str">
-        <v>DE900TN</v>
+        <v>DE885TN</v>
       </c>
       <c r="B98">
-        <v>1.4</v>
+        <v>2</v>
       </c>
       <c r="C98" t="str">
-        <v>36</v>
+        <v>50</v>
       </c>
       <c r="D98" t="str">
-        <v>1,4</v>
+        <v>2</v>
       </c>
       <c r="E98" t="str">
         <v>8</v>
       </c>
       <c r="F98" t="str">
-        <v>7,8</v>
+        <v>8</v>
       </c>
       <c r="G98" t="str">
         <v>110</v>
       </c>
       <c r="H98" t="str">
         <v>220</v>
       </c>
       <c r="I98" t="str">
         <v>108,5</v>
       </c>
       <c r="J98" t="str">
-        <v>1</v>
+        <v>0,8</v>
       </c>
       <c r="K98" t="str">
         <v>18</v>
       </c>
       <c r="L98" t="str">
-        <v>1,2</v>
+        <v>1</v>
       </c>
       <c r="M98" t="str">
         <v>75</v>
       </c>
       <c r="N98" t="str">
         <v>3</v>
       </c>
       <c r="O98" t="str">
         <v>Aluminium</v>
       </c>
       <c r="P98" t="str">
-        <v>0,14</v>
+        <v>0,1</v>
       </c>
       <c r="Q98" t="str">
-        <v>2,05</v>
+        <v>1,85</v>
       </c>
       <c r="R98" t="str">
         <v>Titanium</v>
       </c>
       <c r="S98" t="str">
-        <v>131</v>
+        <v>124</v>
       </c>
       <c r="T98" t="str">
-        <v>5,2</v>
+        <v>4,88</v>
       </c>
       <c r="U98" t="str">
-        <v>65</v>
+        <v>88</v>
       </c>
       <c r="V98" t="str">
-        <v>2,6</v>
+        <v>3,46</v>
       </c>
       <c r="W98" t="str">
-        <v>2,55</v>
+        <v>2,4</v>
       </c>
       <c r="X98" t="str">
-        <v>5,62</v>
+        <v>5,29</v>
       </c>
       <c r="Y98" t="str">
         <v>1</v>
       </c>
       <c r="Z98" t="str">
-        <v>3</v>
+        <v>2,47</v>
       </c>
       <c r="AA98" t="str">
-        <v>6,61</v>
+        <v>5,45</v>
       </c>
       <c r="AB98" t="str">
-        <v>140x140x70</v>
+        <v>135x135x93</v>
       </c>
       <c r="AC98" t="str">
-        <v>5.51x5.51x2.76</v>
+        <v>5.31x5.31x3.66</v>
       </c>
       <c r="AD98" t="str">
-        <v>MMD3BTN8M</v>
+        <v>MMD3DTN8M</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="str">
-        <v>DE90TN</v>
+        <v>DE900</v>
       </c>
       <c r="B99">
         <v>1.4</v>
       </c>
-      <c r="C99" t="str">
-[...4 lines deleted...]
-      </c>
       <c r="E99" t="str">
         <v>8</v>
       </c>
-      <c r="F99" t="str">
-[...70 lines deleted...]
-      </c>
       <c r="AD99" t="str">
-        <v>MMD3DTN8M</v>
+        <v>MMD3B8M</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="str">
-        <v>DE90TN</v>
+        <v>DE900TN</v>
       </c>
       <c r="B100">
         <v>1.4</v>
       </c>
       <c r="C100" t="str">
         <v>36</v>
       </c>
       <c r="D100" t="str">
         <v>1,4</v>
       </c>
       <c r="E100" t="str">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="F100" t="str">
-        <v>10,7</v>
+        <v>7,8</v>
       </c>
       <c r="G100" t="str">
         <v>110</v>
       </c>
       <c r="H100" t="str">
         <v>220</v>
       </c>
       <c r="I100" t="str">
-        <v>108</v>
+        <v>108,5</v>
       </c>
       <c r="J100" t="str">
-        <v>0,5</v>
+        <v>1</v>
       </c>
       <c r="K100" t="str">
         <v>18</v>
       </c>
       <c r="L100" t="str">
-        <v>1</v>
+        <v>1,2</v>
       </c>
       <c r="M100" t="str">
         <v>75</v>
       </c>
       <c r="N100" t="str">
         <v>3</v>
       </c>
       <c r="O100" t="str">
         <v>Aluminium</v>
       </c>
       <c r="P100" t="str">
         <v>0,14</v>
       </c>
       <c r="Q100" t="str">
-        <v>1,8</v>
+        <v>2,05</v>
       </c>
       <c r="R100" t="str">
         <v>Titanium</v>
       </c>
       <c r="S100" t="str">
-        <v>170</v>
+        <v>131</v>
       </c>
       <c r="T100" t="str">
-        <v>6,7</v>
+        <v>5,2</v>
       </c>
       <c r="U100" t="str">
         <v>65</v>
       </c>
       <c r="V100" t="str">
-        <v>2,5</v>
+        <v>2,6</v>
       </c>
       <c r="W100" t="str">
-        <v>4,4</v>
+        <v>2,55</v>
       </c>
       <c r="X100" t="str">
-        <v>9,7</v>
+        <v>5,62</v>
       </c>
       <c r="Y100" t="str">
         <v>1</v>
       </c>
       <c r="Z100" t="str">
-        <v>4,52</v>
+        <v>3</v>
       </c>
       <c r="AA100" t="str">
-        <v>9,96</v>
+        <v>6,61</v>
       </c>
       <c r="AB100" t="str">
-        <v>190x190x80</v>
+        <v>140x140x70</v>
       </c>
       <c r="AC100" t="str">
-        <v>7.48x7.48x3.15</v>
+        <v>5.51x5.51x2.76</v>
       </c>
       <c r="AD100" t="str">
-        <v>MMD3DTN16M</v>
+        <v>MMD3BTN8M</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="str">
-        <v>DE910</v>
+        <v>DE90TN</v>
       </c>
       <c r="B101">
-        <v>1.3</v>
+        <v>1.4</v>
       </c>
       <c r="C101" t="str">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="D101" t="str">
-        <v>1,3</v>
+        <v>1,4</v>
       </c>
       <c r="E101" t="str">
         <v>8</v>
       </c>
       <c r="F101" t="str">
         <v>8,3</v>
       </c>
       <c r="G101" t="str">
-        <v>80</v>
+        <v>110</v>
       </c>
       <c r="H101" t="str">
-        <v>160</v>
+        <v>220</v>
       </c>
       <c r="I101" t="str">
-        <v>109,5</v>
+        <v>107,5</v>
       </c>
       <c r="J101" t="str">
-        <v>1</v>
+        <v>0,5</v>
       </c>
       <c r="K101" t="str">
         <v>18</v>
       </c>
       <c r="L101" t="str">
-        <v>1,2</v>
+        <v>1</v>
       </c>
       <c r="M101" t="str">
         <v>75</v>
       </c>
       <c r="N101" t="str">
         <v>3</v>
       </c>
       <c r="O101" t="str">
         <v>Aluminium</v>
       </c>
       <c r="P101" t="str">
         <v>0,14</v>
       </c>
       <c r="Q101" t="str">
-        <v>2,05</v>
+        <v>1,8</v>
       </c>
       <c r="R101" t="str">
         <v>Titanium</v>
       </c>
       <c r="S101" t="str">
-        <v>131</v>
+        <v>170</v>
       </c>
       <c r="T101" t="str">
-        <v>5,15</v>
+        <v>6,7</v>
       </c>
       <c r="U101" t="str">
-        <v>52</v>
+        <v>65</v>
       </c>
       <c r="V101" t="str">
-        <v>2</v>
+        <v>2,5</v>
       </c>
       <c r="W101" t="str">
-        <v>2,4</v>
+        <v>4,4</v>
       </c>
       <c r="X101" t="str">
-        <v>5,29</v>
+        <v>9,7</v>
       </c>
       <c r="Y101" t="str">
         <v>1</v>
       </c>
       <c r="Z101" t="str">
-        <v>2,45</v>
+        <v>4,52</v>
       </c>
       <c r="AA101" t="str">
-        <v>5,4</v>
+        <v>9,96</v>
       </c>
       <c r="AB101" t="str">
-        <v>140x135x62</v>
+        <v>190x190x80</v>
       </c>
       <c r="AC101" t="str">
-        <v>5.51x5.31x2.44</v>
+        <v>7.48x7.48x3.15</v>
       </c>
       <c r="AD101" t="str">
-        <v>MMD3B8M</v>
+        <v>MMD3DTN8M</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="str">
-        <v>DE910TN</v>
+        <v>DE90TN</v>
       </c>
       <c r="B102">
-        <v>1.3</v>
+        <v>1.4</v>
       </c>
       <c r="C102" t="str">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="D102" t="str">
-        <v>1,3</v>
+        <v>1,4</v>
       </c>
       <c r="E102" t="str">
         <v>16</v>
       </c>
       <c r="F102" t="str">
-        <v>10,5</v>
+        <v>10,7</v>
       </c>
       <c r="G102" t="str">
         <v>110</v>
       </c>
       <c r="H102" t="str">
         <v>220</v>
       </c>
       <c r="I102" t="str">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="J102" t="str">
         <v>0,5</v>
       </c>
       <c r="K102" t="str">
         <v>18</v>
       </c>
       <c r="L102" t="str">
-        <v>1,2</v>
+        <v>1</v>
       </c>
       <c r="M102" t="str">
         <v>75</v>
       </c>
       <c r="N102" t="str">
         <v>3</v>
       </c>
       <c r="O102" t="str">
         <v>Aluminium</v>
       </c>
       <c r="P102" t="str">
         <v>0,14</v>
       </c>
       <c r="Q102" t="str">
-        <v>2,05</v>
+        <v>1,8</v>
       </c>
       <c r="R102" t="str">
         <v>Titanium</v>
       </c>
       <c r="S102" t="str">
-        <v>131</v>
+        <v>170</v>
       </c>
       <c r="T102" t="str">
-        <v>5,2</v>
+        <v>6,7</v>
       </c>
       <c r="U102" t="str">
-        <v>52</v>
+        <v>65</v>
       </c>
       <c r="V102" t="str">
-        <v>2,05</v>
+        <v>2,5</v>
       </c>
       <c r="W102" t="str">
-        <v>2,4</v>
+        <v>4,4</v>
       </c>
       <c r="X102" t="str">
-        <v>5,29</v>
+        <v>9,7</v>
       </c>
       <c r="Y102" t="str">
         <v>1</v>
       </c>
       <c r="Z102" t="str">
-        <v>2,45</v>
+        <v>4,52</v>
       </c>
       <c r="AA102" t="str">
-        <v>5,39</v>
+        <v>9,96</v>
       </c>
       <c r="AB102" t="str">
-        <v>140x135x62</v>
+        <v>190x190x80</v>
       </c>
       <c r="AC102" t="str">
-        <v>5.51x5.31x2.44</v>
+        <v>7.48x7.48x3.15</v>
       </c>
       <c r="AD102" t="str">
-        <v>MMD3BTN16M</v>
+        <v>MMD3DTN16M</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="str">
-        <v>DE910TN</v>
+        <v>DE910</v>
       </c>
       <c r="B103">
         <v>1.3</v>
       </c>
       <c r="C103" t="str">
         <v>33</v>
       </c>
       <c r="D103" t="str">
         <v>1,3</v>
       </c>
       <c r="E103" t="str">
         <v>8</v>
       </c>
       <c r="F103" t="str">
-        <v>7,8</v>
+        <v>8,3</v>
       </c>
       <c r="G103" t="str">
-        <v>110</v>
+        <v>80</v>
       </c>
       <c r="H103" t="str">
-        <v>220</v>
+        <v>160</v>
       </c>
       <c r="I103" t="str">
-        <v>108,5</v>
+        <v>109,5</v>
       </c>
       <c r="J103" t="str">
-        <v>0,5</v>
+        <v>1</v>
       </c>
       <c r="K103" t="str">
         <v>18</v>
       </c>
       <c r="L103" t="str">
         <v>1,2</v>
       </c>
       <c r="M103" t="str">
         <v>75</v>
       </c>
       <c r="N103" t="str">
         <v>3</v>
       </c>
       <c r="O103" t="str">
         <v>Aluminium</v>
       </c>
       <c r="P103" t="str">
         <v>0,14</v>
       </c>
       <c r="Q103" t="str">
         <v>2,05</v>
       </c>
       <c r="R103" t="str">
         <v>Titanium</v>
       </c>
       <c r="S103" t="str">
         <v>131</v>
       </c>
       <c r="T103" t="str">
-        <v>5,2</v>
+        <v>5,15</v>
       </c>
       <c r="U103" t="str">
         <v>52</v>
       </c>
       <c r="V103" t="str">
-        <v>2,05</v>
+        <v>2</v>
       </c>
       <c r="W103" t="str">
         <v>2,4</v>
       </c>
       <c r="X103" t="str">
         <v>5,29</v>
       </c>
       <c r="Y103" t="str">
         <v>1</v>
       </c>
       <c r="Z103" t="str">
         <v>2,45</v>
       </c>
       <c r="AA103" t="str">
-        <v>5,39</v>
+        <v>5,4</v>
       </c>
       <c r="AB103" t="str">
         <v>140x135x62</v>
       </c>
       <c r="AC103" t="str">
         <v>5.51x5.31x2.44</v>
       </c>
       <c r="AD103" t="str">
-        <v>MMD3BTN8M</v>
+        <v>MMD3B8M</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="str">
-        <v>DE914TN</v>
+        <v>DE910TN</v>
       </c>
       <c r="B104">
-        <v>1.4</v>
+        <v>1.3</v>
       </c>
       <c r="C104" t="str">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="D104" t="str">
-        <v>1,4</v>
+        <v>1,3</v>
       </c>
       <c r="E104" t="str">
         <v>16</v>
       </c>
       <c r="F104" t="str">
-        <v>11,3</v>
+        <v>10,5</v>
       </c>
       <c r="G104" t="str">
         <v>110</v>
       </c>
       <c r="H104" t="str">
         <v>220</v>
       </c>
       <c r="I104" t="str">
-        <v>108,5</v>
+        <v>109</v>
       </c>
       <c r="J104" t="str">
         <v>0,5</v>
       </c>
       <c r="K104" t="str">
         <v>18</v>
       </c>
       <c r="L104" t="str">
         <v>1,2</v>
       </c>
       <c r="M104" t="str">
         <v>75</v>
       </c>
       <c r="N104" t="str">
         <v>3</v>
       </c>
       <c r="O104" t="str">
         <v>Aluminium</v>
       </c>
       <c r="P104" t="str">
-        <v>0,12</v>
+        <v>0,14</v>
       </c>
       <c r="Q104" t="str">
         <v>2,05</v>
       </c>
       <c r="R104" t="str">
         <v>Titanium</v>
       </c>
       <c r="S104" t="str">
         <v>131</v>
       </c>
       <c r="T104" t="str">
         <v>5,2</v>
       </c>
       <c r="U104" t="str">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="V104" t="str">
-        <v>2,09</v>
+        <v>2,05</v>
       </c>
       <c r="W104" t="str">
         <v>2,4</v>
       </c>
       <c r="X104" t="str">
         <v>5,29</v>
       </c>
       <c r="Y104" t="str">
         <v>1</v>
       </c>
       <c r="Z104" t="str">
         <v>2,45</v>
       </c>
       <c r="AA104" t="str">
         <v>5,39</v>
       </c>
       <c r="AB104" t="str">
         <v>140x135x62</v>
       </c>
       <c r="AC104" t="str">
         <v>5.51x5.31x2.44</v>
       </c>
       <c r="AD104" t="str">
         <v>MMD3BTN16M</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="str">
-        <v>DE914TN</v>
+        <v>DE910TN</v>
       </c>
       <c r="B105">
-        <v>1.4</v>
+        <v>1.3</v>
       </c>
       <c r="C105" t="str">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="D105" t="str">
-        <v>1,4</v>
+        <v>1,3</v>
       </c>
       <c r="E105" t="str">
         <v>8</v>
       </c>
       <c r="F105" t="str">
-        <v>8,4</v>
+        <v>7,8</v>
       </c>
       <c r="G105" t="str">
         <v>110</v>
       </c>
       <c r="H105" t="str">
         <v>220</v>
       </c>
       <c r="I105" t="str">
-        <v>108</v>
+        <v>108,5</v>
       </c>
       <c r="J105" t="str">
         <v>0,5</v>
       </c>
       <c r="K105" t="str">
         <v>18</v>
       </c>
       <c r="L105" t="str">
         <v>1,2</v>
       </c>
       <c r="M105" t="str">
         <v>75</v>
       </c>
       <c r="N105" t="str">
         <v>3</v>
       </c>
       <c r="O105" t="str">
         <v>Aluminium</v>
       </c>
       <c r="P105" t="str">
         <v>0,14</v>
       </c>
       <c r="Q105" t="str">
         <v>2,05</v>
       </c>
       <c r="R105" t="str">
         <v>Titanium</v>
       </c>
       <c r="S105" t="str">
         <v>131</v>
       </c>
       <c r="T105" t="str">
         <v>5,2</v>
       </c>
       <c r="U105" t="str">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="V105" t="str">
-        <v>2,09</v>
+        <v>2,05</v>
       </c>
       <c r="W105" t="str">
         <v>2,4</v>
       </c>
       <c r="X105" t="str">
         <v>5,29</v>
       </c>
       <c r="Y105" t="str">
         <v>1</v>
       </c>
       <c r="Z105" t="str">
         <v>2,45</v>
       </c>
       <c r="AA105" t="str">
         <v>5,39</v>
       </c>
       <c r="AB105" t="str">
         <v>140x135x62</v>
       </c>
       <c r="AC105" t="str">
         <v>5.51x5.31x2.44</v>
       </c>
       <c r="AD105" t="str">
         <v>MMD3BTN8M</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="str">
-        <v>DE920TN</v>
+        <v>DE914TN</v>
       </c>
       <c r="B106">
         <v>1.4</v>
       </c>
       <c r="C106" t="str">
         <v>36</v>
       </c>
       <c r="D106" t="str">
         <v>1,4</v>
       </c>
       <c r="E106" t="str">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="F106" t="str">
-        <v>7,8</v>
+        <v>11,3</v>
       </c>
       <c r="G106" t="str">
         <v>110</v>
       </c>
       <c r="H106" t="str">
         <v>220</v>
       </c>
       <c r="I106" t="str">
         <v>108,5</v>
       </c>
       <c r="J106" t="str">
-        <v>1</v>
+        <v>0,5</v>
       </c>
       <c r="K106" t="str">
         <v>18</v>
       </c>
       <c r="L106" t="str">
         <v>1,2</v>
       </c>
       <c r="M106" t="str">
         <v>75</v>
       </c>
       <c r="N106" t="str">
         <v>3</v>
       </c>
       <c r="O106" t="str">
         <v>Aluminium</v>
       </c>
       <c r="P106" t="str">
-        <v>0,14</v>
+        <v>0,12</v>
       </c>
       <c r="Q106" t="str">
         <v>2,05</v>
       </c>
       <c r="R106" t="str">
         <v>Titanium</v>
       </c>
       <c r="S106" t="str">
         <v>131</v>
       </c>
       <c r="T106" t="str">
         <v>5,2</v>
       </c>
       <c r="U106" t="str">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="V106" t="str">
-        <v>2,2</v>
+        <v>2,09</v>
       </c>
       <c r="W106" t="str">
-        <v>2,46</v>
+        <v>2,4</v>
       </c>
       <c r="X106" t="str">
-        <v>5,42</v>
+        <v>5,29</v>
       </c>
       <c r="Y106" t="str">
         <v>1</v>
       </c>
       <c r="Z106" t="str">
-        <v>2,51</v>
+        <v>2,45</v>
       </c>
       <c r="AA106" t="str">
-        <v>5,53</v>
+        <v>5,39</v>
       </c>
       <c r="AB106" t="str">
         <v>140x135x62</v>
       </c>
       <c r="AC106" t="str">
         <v>5.51x5.31x2.44</v>
       </c>
       <c r="AD106" t="str">
-        <v>MMD3CTN8M</v>
+        <v>MMD3BTN16M</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="str">
-        <v>DE950</v>
+        <v>DE914TN</v>
       </c>
       <c r="B107">
-        <v>2</v>
+        <v>1.4</v>
+      </c>
+      <c r="C107" t="str">
+        <v>36</v>
+      </c>
+      <c r="D107" t="str">
+        <v>1,4</v>
       </c>
       <c r="E107" t="str">
         <v>8</v>
       </c>
+      <c r="F107" t="str">
+        <v>8,4</v>
+      </c>
+      <c r="G107" t="str">
+        <v>110</v>
+      </c>
+      <c r="H107" t="str">
+        <v>220</v>
+      </c>
+      <c r="I107" t="str">
+        <v>108</v>
+      </c>
+      <c r="J107" t="str">
+        <v>0,5</v>
+      </c>
+      <c r="K107" t="str">
+        <v>18</v>
+      </c>
+      <c r="L107" t="str">
+        <v>1,2</v>
+      </c>
+      <c r="M107" t="str">
+        <v>75</v>
+      </c>
+      <c r="N107" t="str">
+        <v>3</v>
+      </c>
+      <c r="O107" t="str">
+        <v>Aluminium</v>
+      </c>
+      <c r="P107" t="str">
+        <v>0,14</v>
+      </c>
+      <c r="Q107" t="str">
+        <v>2,05</v>
+      </c>
+      <c r="R107" t="str">
+        <v>Titanium</v>
+      </c>
+      <c r="S107" t="str">
+        <v>131</v>
+      </c>
+      <c r="T107" t="str">
+        <v>5,2</v>
+      </c>
+      <c r="U107" t="str">
+        <v>53</v>
+      </c>
+      <c r="V107" t="str">
+        <v>2,09</v>
+      </c>
+      <c r="W107" t="str">
+        <v>2,4</v>
+      </c>
+      <c r="X107" t="str">
+        <v>5,29</v>
+      </c>
+      <c r="Y107" t="str">
+        <v>1</v>
+      </c>
+      <c r="Z107" t="str">
+        <v>2,45</v>
+      </c>
+      <c r="AA107" t="str">
+        <v>5,39</v>
+      </c>
+      <c r="AB107" t="str">
+        <v>140x135x62</v>
+      </c>
+      <c r="AC107" t="str">
+        <v>5.51x5.31x2.44</v>
+      </c>
       <c r="AD107" t="str">
-        <v>MMD3B8M</v>
+        <v>MMD3BTN8M</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="str">
-        <v>DE950TN</v>
+        <v>DE920TN</v>
       </c>
       <c r="B108">
-        <v>2</v>
+        <v>1.4</v>
       </c>
       <c r="C108" t="str">
-        <v>50</v>
+        <v>36</v>
       </c>
       <c r="D108" t="str">
-        <v>2</v>
+        <v>1,4</v>
       </c>
       <c r="E108" t="str">
         <v>8</v>
       </c>
       <c r="F108" t="str">
-        <v>8,3</v>
+        <v>7,8</v>
       </c>
       <c r="G108" t="str">
         <v>110</v>
       </c>
       <c r="H108" t="str">
         <v>220</v>
       </c>
       <c r="I108" t="str">
         <v>108,5</v>
       </c>
       <c r="J108" t="str">
         <v>1</v>
       </c>
       <c r="K108" t="str">
         <v>18</v>
       </c>
       <c r="L108" t="str">
-        <v>0,8</v>
+        <v>1,2</v>
       </c>
       <c r="M108" t="str">
         <v>75</v>
       </c>
       <c r="N108" t="str">
         <v>3</v>
       </c>
       <c r="O108" t="str">
         <v>Aluminium</v>
       </c>
       <c r="P108" t="str">
         <v>0,14</v>
       </c>
       <c r="Q108" t="str">
         <v>2,05</v>
       </c>
       <c r="R108" t="str">
         <v>Titanium</v>
       </c>
       <c r="S108" t="str">
         <v>131</v>
       </c>
       <c r="T108" t="str">
         <v>5,2</v>
       </c>
       <c r="U108" t="str">
-        <v>85</v>
+        <v>57</v>
       </c>
       <c r="V108" t="str">
-        <v>3,3</v>
+        <v>2,2</v>
       </c>
       <c r="W108" t="str">
-        <v>2,7</v>
+        <v>2,46</v>
       </c>
       <c r="X108" t="str">
-        <v>5,9</v>
+        <v>5,42</v>
       </c>
       <c r="Y108" t="str">
         <v>1</v>
       </c>
       <c r="Z108" t="str">
-        <v>2,77</v>
+        <v>2,51</v>
       </c>
       <c r="AA108" t="str">
-        <v>6,12</v>
+        <v>5,53</v>
       </c>
       <c r="AB108" t="str">
-        <v>135x135x93</v>
+        <v>140x135x62</v>
       </c>
       <c r="AC108" t="str">
-        <v>5.31x5.31x3.66</v>
+        <v>5.51x5.31x2.44</v>
       </c>
       <c r="AD108" t="str">
-        <v>MMD3BTN8M</v>
+        <v>MMD3CTN8M</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="str">
-        <v>DE95TN</v>
+        <v>DE950</v>
       </c>
       <c r="B109">
         <v>2</v>
       </c>
-      <c r="C109" t="str">
-[...4 lines deleted...]
-      </c>
       <c r="E109" t="str">
         <v>8</v>
       </c>
-      <c r="F109" t="str">
-[...70 lines deleted...]
-      </c>
       <c r="AD109" t="str">
-        <v>MMD3DTN8M</v>
+        <v>MMD3B8M</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="str">
-        <v>DE95TN</v>
+        <v>DE950TN</v>
       </c>
       <c r="B110">
         <v>2</v>
       </c>
       <c r="C110" t="str">
         <v>50</v>
       </c>
       <c r="D110" t="str">
         <v>2</v>
       </c>
       <c r="E110" t="str">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="F110" t="str">
-        <v>10,8</v>
+        <v>8,3</v>
       </c>
       <c r="G110" t="str">
         <v>110</v>
       </c>
       <c r="H110" t="str">
         <v>220</v>
       </c>
       <c r="I110" t="str">
         <v>108,5</v>
       </c>
       <c r="J110" t="str">
-        <v>500</v>
+        <v>1</v>
       </c>
       <c r="K110" t="str">
         <v>18</v>
       </c>
       <c r="L110" t="str">
-        <v>1</v>
+        <v>0,8</v>
       </c>
       <c r="M110" t="str">
         <v>75</v>
       </c>
       <c r="N110" t="str">
         <v>3</v>
       </c>
       <c r="O110" t="str">
         <v>Aluminium</v>
       </c>
       <c r="P110" t="str">
         <v>0,14</v>
       </c>
       <c r="Q110" t="str">
-        <v>1,8</v>
+        <v>2,05</v>
       </c>
       <c r="R110" t="str">
         <v>Titanium</v>
       </c>
       <c r="S110" t="str">
-        <v>170</v>
+        <v>131</v>
       </c>
       <c r="T110" t="str">
-        <v>6,7</v>
+        <v>5,2</v>
       </c>
       <c r="U110" t="str">
-        <v>66</v>
+        <v>85</v>
       </c>
       <c r="V110" t="str">
-        <v>2,6</v>
+        <v>3,3</v>
       </c>
       <c r="W110" t="str">
-        <v>4,32</v>
+        <v>2,7</v>
       </c>
       <c r="X110" t="str">
-        <v>9,52</v>
+        <v>5,9</v>
       </c>
       <c r="Y110" t="str">
         <v>1</v>
       </c>
       <c r="Z110" t="str">
-        <v>4,44</v>
+        <v>2,77</v>
       </c>
       <c r="AA110" t="str">
-        <v>9,79</v>
+        <v>6,12</v>
       </c>
       <c r="AB110" t="str">
-        <v>190x190x80</v>
+        <v>135x135x93</v>
       </c>
       <c r="AC110" t="str">
-        <v>7.48x7.48x3.15</v>
+        <v>5.31x5.31x3.66</v>
       </c>
       <c r="AD110" t="str">
-        <v>MMD3DTN16M</v>
+        <v>MMD3BTN8M</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="str">
-        <v>DE980TN</v>
+        <v>DE95TN</v>
       </c>
       <c r="B111">
-        <v>1.4</v>
+        <v>2</v>
       </c>
       <c r="C111" t="str">
-        <v>36</v>
+        <v>50</v>
       </c>
       <c r="D111" t="str">
-        <v>1,4</v>
+        <v>2</v>
       </c>
       <c r="E111" t="str">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="F111" t="str">
-        <v>10,7</v>
+        <v>8,3</v>
       </c>
       <c r="G111" t="str">
         <v>110</v>
       </c>
       <c r="H111" t="str">
         <v>220</v>
       </c>
       <c r="I111" t="str">
-        <v>108,5</v>
+        <v>107,5</v>
       </c>
       <c r="J111" t="str">
-        <v>0,5</v>
+        <v>500</v>
       </c>
       <c r="K111" t="str">
         <v>18</v>
       </c>
       <c r="L111" t="str">
-        <v>1,2</v>
+        <v>1</v>
       </c>
       <c r="M111" t="str">
         <v>75</v>
       </c>
       <c r="N111" t="str">
         <v>3</v>
       </c>
       <c r="O111" t="str">
         <v>Aluminium</v>
       </c>
       <c r="P111" t="str">
-        <v>0,1</v>
+        <v>0,14</v>
       </c>
       <c r="Q111" t="str">
-        <v>2,05</v>
+        <v>1,8</v>
       </c>
       <c r="R111" t="str">
         <v>Titanium</v>
       </c>
       <c r="S111" t="str">
-        <v>131</v>
+        <v>170</v>
       </c>
       <c r="T111" t="str">
-        <v>5,2</v>
+        <v>6,7</v>
       </c>
       <c r="U111" t="str">
-        <v>54</v>
+        <v>66</v>
       </c>
       <c r="V111" t="str">
-        <v>2,13</v>
+        <v>2,6</v>
       </c>
       <c r="W111" t="str">
-        <v>2,3</v>
+        <v>4,32</v>
       </c>
       <c r="X111" t="str">
-        <v>5,1</v>
+        <v>9,52</v>
       </c>
       <c r="Y111" t="str">
         <v>1</v>
       </c>
       <c r="Z111" t="str">
-        <v>2,35</v>
+        <v>4,44</v>
       </c>
       <c r="AA111" t="str">
-        <v>5,17</v>
+        <v>9,79</v>
       </c>
       <c r="AB111" t="str">
-        <v>140x135x62</v>
+        <v>190x190x80</v>
       </c>
       <c r="AC111" t="str">
-        <v>5.51x5.31x2.44</v>
+        <v>7.48x7.48x3.15</v>
       </c>
       <c r="AD111" t="str">
-        <v>MMD3DTN16M</v>
+        <v>MMD3DTN8M</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="str">
-        <v>DE980TN</v>
+        <v>DE95TN</v>
       </c>
       <c r="B112">
-        <v>1.4</v>
+        <v>2</v>
       </c>
       <c r="C112" t="str">
-        <v>36</v>
+        <v>50</v>
       </c>
       <c r="D112" t="str">
-        <v>1,4</v>
+        <v>2</v>
       </c>
       <c r="E112" t="str">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="F112" t="str">
-        <v>8,1</v>
+        <v>10,8</v>
       </c>
       <c r="G112" t="str">
         <v>110</v>
       </c>
       <c r="H112" t="str">
         <v>220</v>
       </c>
       <c r="I112" t="str">
         <v>108,5</v>
       </c>
       <c r="J112" t="str">
-        <v>0,5</v>
+        <v>500</v>
       </c>
       <c r="K112" t="str">
         <v>18</v>
       </c>
       <c r="L112" t="str">
-        <v>1,2</v>
+        <v>1</v>
       </c>
       <c r="M112" t="str">
         <v>75</v>
       </c>
       <c r="N112" t="str">
         <v>3</v>
       </c>
       <c r="O112" t="str">
         <v>Aluminium</v>
       </c>
       <c r="P112" t="str">
-        <v>0,1</v>
+        <v>0,14</v>
       </c>
       <c r="Q112" t="str">
-        <v>2,05</v>
+        <v>1,8</v>
       </c>
       <c r="R112" t="str">
         <v>Titanium</v>
       </c>
       <c r="S112" t="str">
-        <v>131</v>
+        <v>170</v>
       </c>
       <c r="T112" t="str">
-        <v>5,2</v>
+        <v>6,7</v>
       </c>
       <c r="U112" t="str">
-        <v>54</v>
+        <v>66</v>
       </c>
       <c r="V112" t="str">
-        <v>2,13</v>
+        <v>2,6</v>
       </c>
       <c r="W112" t="str">
-        <v>2,3</v>
+        <v>4,32</v>
       </c>
       <c r="X112" t="str">
-        <v>5,1</v>
+        <v>9,52</v>
       </c>
       <c r="Y112" t="str">
         <v>1</v>
       </c>
       <c r="Z112" t="str">
-        <v>2,35</v>
+        <v>4,44</v>
       </c>
       <c r="AA112" t="str">
-        <v>5,17</v>
+        <v>9,79</v>
       </c>
       <c r="AB112" t="str">
-        <v>140x135x62</v>
+        <v>190x190x80</v>
       </c>
       <c r="AC112" t="str">
-        <v>5.51x5.31x2.44</v>
+        <v>7.48x7.48x3.15</v>
       </c>
       <c r="AD112" t="str">
-        <v>MMD3DTN8M</v>
+        <v>MMD3DTN16M</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="str">
-        <v>DE985TN</v>
+        <v>DE980TN</v>
       </c>
       <c r="B113">
-        <v>2</v>
+        <v>1.4</v>
       </c>
       <c r="C113" t="str">
-        <v>50</v>
+        <v>36</v>
       </c>
       <c r="D113" t="str">
-        <v>2</v>
+        <v>1,4</v>
       </c>
       <c r="E113" t="str">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="F113" t="str">
-        <v>8,1</v>
+        <v>10,7</v>
       </c>
       <c r="G113" t="str">
         <v>110</v>
       </c>
       <c r="H113" t="str">
         <v>220</v>
       </c>
       <c r="I113" t="str">
         <v>108,5</v>
       </c>
       <c r="J113" t="str">
         <v>0,5</v>
       </c>
       <c r="K113" t="str">
         <v>18</v>
       </c>
       <c r="L113" t="str">
-        <v>0,8</v>
+        <v>1,2</v>
       </c>
       <c r="M113" t="str">
         <v>75</v>
       </c>
       <c r="N113" t="str">
         <v>3</v>
       </c>
       <c r="O113" t="str">
         <v>Aluminium</v>
       </c>
       <c r="P113" t="str">
         <v>0,1</v>
       </c>
       <c r="Q113" t="str">
         <v>2,05</v>
       </c>
       <c r="R113" t="str">
         <v>Titanium</v>
       </c>
       <c r="S113" t="str">
         <v>131</v>
       </c>
       <c r="T113" t="str">
         <v>5,2</v>
       </c>
       <c r="U113" t="str">
-        <v>87</v>
+        <v>54</v>
       </c>
       <c r="V113" t="str">
-        <v>3,44</v>
+        <v>2,13</v>
       </c>
       <c r="W113" t="str">
-        <v>2,56</v>
+        <v>2,3</v>
       </c>
       <c r="X113" t="str">
-        <v>5,64</v>
+        <v>5,1</v>
       </c>
       <c r="Y113" t="str">
         <v>1</v>
       </c>
       <c r="Z113" t="str">
-        <v>2,63</v>
+        <v>2,35</v>
       </c>
       <c r="AA113" t="str">
-        <v>5,8</v>
+        <v>5,17</v>
       </c>
       <c r="AB113" t="str">
-        <v>135x135x93</v>
+        <v>140x135x62</v>
       </c>
       <c r="AC113" t="str">
-        <v>5.31x5.31x3.66</v>
+        <v>5.51x5.31x2.44</v>
       </c>
       <c r="AD113" t="str">
-        <v>MMD3DTN8M</v>
+        <v>MMD3DTN16M</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="str">
-        <v>DE985TN</v>
+        <v>DE980TN</v>
       </c>
       <c r="B114">
-        <v>2</v>
+        <v>1.4</v>
       </c>
       <c r="C114" t="str">
-        <v>50</v>
+        <v>36</v>
       </c>
       <c r="D114" t="str">
-        <v>2</v>
+        <v>1,4</v>
       </c>
       <c r="E114" t="str">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="F114" t="str">
-        <v>10,6</v>
+        <v>8,1</v>
       </c>
       <c r="G114" t="str">
         <v>110</v>
       </c>
       <c r="H114" t="str">
         <v>220</v>
       </c>
       <c r="I114" t="str">
-        <v>109,5</v>
+        <v>108,5</v>
       </c>
       <c r="J114" t="str">
         <v>0,5</v>
       </c>
       <c r="K114" t="str">
         <v>18</v>
       </c>
       <c r="L114" t="str">
-        <v>0,8</v>
+        <v>1,2</v>
       </c>
       <c r="M114" t="str">
         <v>75</v>
       </c>
       <c r="N114" t="str">
         <v>3</v>
       </c>
       <c r="O114" t="str">
         <v>Aluminium</v>
       </c>
       <c r="P114" t="str">
         <v>0,1</v>
       </c>
       <c r="Q114" t="str">
         <v>2,05</v>
       </c>
       <c r="R114" t="str">
         <v>Titanium</v>
       </c>
       <c r="S114" t="str">
         <v>131</v>
       </c>
       <c r="T114" t="str">
         <v>5,2</v>
       </c>
       <c r="U114" t="str">
-        <v>87</v>
+        <v>54</v>
       </c>
       <c r="V114" t="str">
-        <v>3,44</v>
+        <v>2,13</v>
       </c>
       <c r="W114" t="str">
-        <v>2,56</v>
+        <v>2,3</v>
       </c>
       <c r="X114" t="str">
-        <v>5,64</v>
+        <v>5,1</v>
       </c>
       <c r="Y114" t="str">
         <v>1</v>
       </c>
       <c r="Z114" t="str">
-        <v>2,63</v>
+        <v>2,35</v>
       </c>
       <c r="AA114" t="str">
-        <v>5,8</v>
+        <v>5,17</v>
       </c>
       <c r="AB114" t="str">
-        <v>135x135x93</v>
+        <v>140x135x62</v>
       </c>
       <c r="AC114" t="str">
-        <v>5.31x5.31x3.66</v>
+        <v>5.51x5.31x2.44</v>
       </c>
       <c r="AD114" t="str">
-        <v>MMD3DTN16M</v>
+        <v>MMD3DTN8M</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="str">
-        <v>DE990TN</v>
+        <v>DE985TN</v>
       </c>
       <c r="B115">
-        <v>1.4</v>
+        <v>2</v>
       </c>
       <c r="C115" t="str">
-        <v>36</v>
+        <v>50</v>
       </c>
       <c r="D115" t="str">
-        <v>1,4</v>
+        <v>2</v>
       </c>
       <c r="E115" t="str">
         <v>8</v>
       </c>
       <c r="F115" t="str">
-        <v>7,6</v>
+        <v>8,1</v>
       </c>
       <c r="G115" t="str">
-        <v>100</v>
+        <v>110</v>
       </c>
       <c r="H115" t="str">
-        <v>200</v>
+        <v>220</v>
       </c>
       <c r="I115" t="str">
-        <v>107,5</v>
+        <v>108,5</v>
       </c>
       <c r="J115" t="str">
         <v>0,5</v>
       </c>
       <c r="K115" t="str">
         <v>18</v>
       </c>
       <c r="L115" t="str">
-        <v>1</v>
+        <v>0,8</v>
       </c>
       <c r="M115" t="str">
-        <v>86</v>
+        <v>75</v>
       </c>
       <c r="N115" t="str">
-        <v>3,4</v>
+        <v>3</v>
       </c>
       <c r="O115" t="str">
         <v>Aluminium</v>
       </c>
       <c r="P115" t="str">
         <v>0,1</v>
       </c>
       <c r="Q115" t="str">
-        <v>1,9</v>
+        <v>2,05</v>
       </c>
       <c r="R115" t="str">
         <v>Titanium</v>
       </c>
       <c r="S115" t="str">
-        <v>118</v>
+        <v>131</v>
       </c>
       <c r="T115" t="str">
-        <v>4,65</v>
+        <v>5,2</v>
       </c>
       <c r="U115" t="str">
-        <v>63</v>
+        <v>87</v>
       </c>
       <c r="V115" t="str">
-        <v>2,48</v>
+        <v>3,44</v>
       </c>
       <c r="W115" t="str">
-        <v>2</v>
+        <v>2,56</v>
       </c>
       <c r="X115" t="str">
-        <v>4,41</v>
+        <v>5,64</v>
       </c>
       <c r="Y115" t="str">
         <v>1</v>
       </c>
       <c r="Z115" t="str">
-        <v>2,04</v>
+        <v>2,63</v>
       </c>
       <c r="AA115" t="str">
-        <v>4,5</v>
+        <v>5,8</v>
       </c>
       <c r="AB115" t="str">
-        <v>120x120x65</v>
+        <v>135x135x93</v>
       </c>
       <c r="AC115" t="str">
-        <v>4.72x4.72x2.56</v>
+        <v>5.31x5.31x3.66</v>
       </c>
       <c r="AD115" t="str">
-        <v>MMD35ETN8M</v>
+        <v>MMD3DTN8M</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="str">
-        <v>DE990TN</v>
+        <v>DE985TN</v>
       </c>
       <c r="B116">
-        <v>1.4</v>
+        <v>2</v>
       </c>
       <c r="C116" t="str">
-        <v>36</v>
+        <v>50</v>
       </c>
       <c r="D116" t="str">
-        <v>1,4</v>
+        <v>2</v>
       </c>
       <c r="E116" t="str">
         <v>16</v>
       </c>
       <c r="F116" t="str">
-        <v>11,5</v>
+        <v>10,6</v>
       </c>
       <c r="G116" t="str">
-        <v>100</v>
+        <v>110</v>
       </c>
       <c r="H116" t="str">
-        <v>200</v>
+        <v>220</v>
       </c>
       <c r="I116" t="str">
-        <v>108,5</v>
+        <v>109,5</v>
       </c>
       <c r="J116" t="str">
         <v>0,5</v>
       </c>
       <c r="K116" t="str">
         <v>18</v>
       </c>
       <c r="L116" t="str">
-        <v>1</v>
+        <v>0,8</v>
       </c>
       <c r="M116" t="str">
-        <v>86</v>
+        <v>75</v>
       </c>
       <c r="N116" t="str">
-        <v>3,4</v>
+        <v>3</v>
       </c>
       <c r="O116" t="str">
         <v>Aluminium</v>
       </c>
       <c r="P116" t="str">
         <v>0,1</v>
       </c>
       <c r="Q116" t="str">
-        <v>1,9</v>
+        <v>2,05</v>
       </c>
       <c r="R116" t="str">
         <v>Titanium</v>
       </c>
       <c r="S116" t="str">
-        <v>118</v>
+        <v>131</v>
       </c>
       <c r="T116" t="str">
-        <v>4,65</v>
+        <v>5,2</v>
       </c>
       <c r="U116" t="str">
-        <v>63</v>
+        <v>87</v>
       </c>
       <c r="V116" t="str">
-        <v>2,48</v>
+        <v>3,44</v>
       </c>
       <c r="W116" t="str">
-        <v>2</v>
+        <v>2,56</v>
       </c>
       <c r="X116" t="str">
-        <v>4,41</v>
+        <v>5,64</v>
       </c>
       <c r="Y116" t="str">
         <v>1</v>
       </c>
       <c r="Z116" t="str">
-        <v>2,04</v>
+        <v>2,63</v>
       </c>
       <c r="AA116" t="str">
-        <v>4,5</v>
+        <v>5,8</v>
       </c>
       <c r="AB116" t="str">
-        <v>120x120x65</v>
+        <v>135x135x93</v>
       </c>
       <c r="AC116" t="str">
-        <v>4.72x4.72x2.56</v>
+        <v>5.31x5.31x3.66</v>
       </c>
       <c r="AD116" t="str">
-        <v>MMD35ETN16M</v>
+        <v>MMD3DTN16M</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="str">
-        <v>DE991TN</v>
+        <v>DE990TN</v>
       </c>
       <c r="B117">
         <v>1.4</v>
       </c>
       <c r="C117" t="str">
         <v>36</v>
       </c>
       <c r="D117" t="str">
         <v>1,4</v>
       </c>
       <c r="E117" t="str">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="F117" t="str">
-        <v>16</v>
+        <v>7,6</v>
       </c>
       <c r="G117" t="str">
         <v>100</v>
       </c>
       <c r="H117" t="str">
         <v>200</v>
       </c>
       <c r="I117" t="str">
-        <v>108</v>
+        <v>107,5</v>
       </c>
       <c r="J117" t="str">
-        <v>0,8</v>
+        <v>0,5</v>
       </c>
       <c r="K117" t="str">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="L117" t="str">
         <v>1</v>
       </c>
       <c r="M117" t="str">
         <v>86</v>
       </c>
       <c r="N117" t="str">
         <v>3,4</v>
       </c>
       <c r="O117" t="str">
         <v>Aluminium</v>
       </c>
       <c r="P117" t="str">
-        <v>0,11</v>
+        <v>0,1</v>
       </c>
       <c r="Q117" t="str">
-        <v>1,94</v>
+        <v>1,9</v>
       </c>
       <c r="R117" t="str">
         <v>Titanium</v>
       </c>
       <c r="S117" t="str">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="T117" t="str">
-        <v>4,53</v>
+        <v>4,65</v>
       </c>
       <c r="U117" t="str">
         <v>63</v>
       </c>
       <c r="V117" t="str">
         <v>2,48</v>
       </c>
       <c r="W117" t="str">
         <v>2</v>
       </c>
       <c r="X117" t="str">
         <v>4,41</v>
       </c>
+      <c r="Y117" t="str">
+        <v>1</v>
+      </c>
+      <c r="Z117" t="str">
+        <v>2,04</v>
+      </c>
+      <c r="AA117" t="str">
+        <v>4,5</v>
+      </c>
+      <c r="AB117" t="str">
+        <v>120x120x65</v>
+      </c>
+      <c r="AC117" t="str">
+        <v>4.72x4.72x2.56</v>
+      </c>
       <c r="AD117" t="str">
-        <v>MMD35FTN16M</v>
+        <v>MMD35ETN8M</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="str">
-        <v>DE991TN</v>
+        <v>DE990TN</v>
       </c>
       <c r="B118">
         <v>1.4</v>
       </c>
       <c r="C118" t="str">
         <v>36</v>
       </c>
       <c r="D118" t="str">
         <v>1,4</v>
       </c>
       <c r="E118" t="str">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="F118" t="str">
-        <v>7,8</v>
+        <v>11,5</v>
       </c>
       <c r="G118" t="str">
         <v>100</v>
       </c>
       <c r="H118" t="str">
         <v>200</v>
       </c>
       <c r="I118" t="str">
-        <v>108</v>
+        <v>108,5</v>
       </c>
       <c r="J118" t="str">
-        <v>0,8</v>
+        <v>0,5</v>
       </c>
       <c r="K118" t="str">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="L118" t="str">
         <v>1</v>
       </c>
       <c r="M118" t="str">
         <v>86</v>
       </c>
       <c r="N118" t="str">
         <v>3,4</v>
       </c>
       <c r="O118" t="str">
         <v>Aluminium</v>
       </c>
       <c r="P118" t="str">
         <v>0,1</v>
       </c>
       <c r="Q118" t="str">
-        <v>1,94</v>
+        <v>1,9</v>
       </c>
       <c r="R118" t="str">
         <v>Titanium</v>
       </c>
       <c r="S118" t="str">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="T118" t="str">
-        <v>4,53</v>
+        <v>4,65</v>
       </c>
       <c r="U118" t="str">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="V118" t="str">
-        <v>2,52</v>
+        <v>2,48</v>
       </c>
       <c r="W118" t="str">
         <v>2</v>
       </c>
       <c r="X118" t="str">
         <v>4,41</v>
       </c>
       <c r="Y118" t="str">
         <v>1</v>
       </c>
       <c r="Z118" t="str">
         <v>2,04</v>
       </c>
       <c r="AA118" t="str">
-        <v>4,49</v>
+        <v>4,5</v>
       </c>
       <c r="AB118" t="str">
         <v>120x120x65</v>
       </c>
       <c r="AC118" t="str">
         <v>4.72x4.72x2.56</v>
       </c>
       <c r="AD118" t="str">
-        <v>MMD35FTN8M</v>
+        <v>MMD35ETN16M</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="str">
-        <v>DH350</v>
+        <v>DE991TN</v>
       </c>
       <c r="B119">
-        <v>1</v>
+        <v>1.4</v>
       </c>
       <c r="C119" t="str">
-        <v>25</v>
+        <v>36</v>
       </c>
       <c r="D119" t="str">
-        <v>1</v>
+        <v>1,4</v>
       </c>
       <c r="E119" t="str">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="F119" t="str">
-        <v>4,1</v>
+        <v>16</v>
       </c>
       <c r="G119" t="str">
-        <v>15</v>
+        <v>100</v>
       </c>
       <c r="H119" t="str">
-        <v>30</v>
+        <v>200</v>
       </c>
       <c r="I119" t="str">
         <v>108</v>
       </c>
       <c r="J119" t="str">
-        <v>1</v>
+        <v>0,8</v>
       </c>
       <c r="K119" t="str">
         <v>17</v>
       </c>
       <c r="L119" t="str">
         <v>1</v>
       </c>
       <c r="M119" t="str">
-        <v>36</v>
+        <v>86</v>
       </c>
       <c r="N119" t="str">
-        <v>1,4</v>
+        <v>3,4</v>
       </c>
       <c r="O119" t="str">
         <v>Aluminium</v>
       </c>
       <c r="P119" t="str">
-        <v>0,06</v>
+        <v>0,11</v>
       </c>
       <c r="Q119" t="str">
-        <v>1,8</v>
+        <v>1,94</v>
       </c>
       <c r="R119" t="str">
-        <v>HT Polymer</v>
+        <v>Titanium</v>
       </c>
       <c r="S119" t="str">
-        <v>48</v>
+        <v>115</v>
       </c>
       <c r="T119" t="str">
-        <v>1,89</v>
+        <v>4,53</v>
       </c>
       <c r="U119" t="str">
-        <v>46</v>
+        <v>63</v>
       </c>
       <c r="V119" t="str">
-        <v>1,81</v>
+        <v>2,48</v>
       </c>
       <c r="W119" t="str">
-        <v>0,25</v>
+        <v>2</v>
       </c>
       <c r="X119" t="str">
-        <v>0,56</v>
-[...14 lines deleted...]
-        <v>4.1x4.1x2.6</v>
+        <v>4,41</v>
       </c>
       <c r="AD119" t="str">
-        <v>MMDDH3504</v>
+        <v>MMD35FTN16M</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="str">
-        <v>DH350</v>
+        <v>DE991TN</v>
       </c>
       <c r="B120">
-        <v>1</v>
+        <v>1.4</v>
       </c>
       <c r="C120" t="str">
-        <v>25</v>
+        <v>36</v>
       </c>
       <c r="D120" t="str">
-        <v>1</v>
+        <v>1,4</v>
       </c>
       <c r="E120" t="str">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="F120" t="str">
-        <v>10,4</v>
+        <v>7,8</v>
       </c>
       <c r="G120" t="str">
-        <v>15</v>
+        <v>100</v>
       </c>
       <c r="H120" t="str">
-        <v>30</v>
+        <v>200</v>
       </c>
       <c r="I120" t="str">
-        <v>109,5</v>
+        <v>108</v>
       </c>
       <c r="J120" t="str">
-        <v>1</v>
+        <v>0,8</v>
       </c>
       <c r="K120" t="str">
         <v>17</v>
       </c>
       <c r="L120" t="str">
         <v>1</v>
       </c>
       <c r="M120" t="str">
-        <v>36</v>
+        <v>86</v>
       </c>
       <c r="N120" t="str">
-        <v>1,4</v>
+        <v>3,4</v>
       </c>
       <c r="O120" t="str">
         <v>Aluminium</v>
       </c>
       <c r="P120" t="str">
-        <v>0,15</v>
+        <v>0,1</v>
       </c>
       <c r="Q120" t="str">
-        <v>1,8</v>
+        <v>1,94</v>
       </c>
       <c r="R120" t="str">
-        <v>HT Polymer</v>
+        <v>Titanium</v>
       </c>
       <c r="S120" t="str">
-        <v>48</v>
+        <v>115</v>
       </c>
       <c r="T120" t="str">
-        <v>1,89</v>
+        <v>4,53</v>
       </c>
       <c r="U120" t="str">
-        <v>46</v>
+        <v>64</v>
       </c>
       <c r="V120" t="str">
-        <v>1,81</v>
+        <v>2,52</v>
       </c>
       <c r="W120" t="str">
-        <v>0,25</v>
+        <v>2</v>
       </c>
       <c r="X120" t="str">
-        <v>0,56</v>
+        <v>4,41</v>
       </c>
       <c r="Y120" t="str">
         <v>1</v>
       </c>
       <c r="Z120" t="str">
-        <v>0,275</v>
+        <v>2,04</v>
       </c>
       <c r="AA120" t="str">
-        <v>0,61</v>
+        <v>4,49</v>
       </c>
       <c r="AB120" t="str">
-        <v>105x105x65</v>
+        <v>120x120x65</v>
       </c>
       <c r="AC120" t="str">
-        <v>4,1x4,1x2,6</v>
+        <v>4.72x4.72x2.56</v>
       </c>
       <c r="AD120" t="str">
-        <v>MMDDH35016</v>
+        <v>MMD35FTN8M</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="str">
         <v>DH350</v>
       </c>
       <c r="B121">
         <v>1</v>
       </c>
       <c r="C121" t="str">
         <v>25</v>
       </c>
       <c r="D121" t="str">
         <v>1</v>
       </c>
       <c r="E121" t="str">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="F121" t="str">
-        <v>7,8</v>
+        <v>4,1</v>
       </c>
       <c r="G121" t="str">
         <v>15</v>
       </c>
       <c r="H121" t="str">
         <v>30</v>
       </c>
       <c r="I121" t="str">
         <v>108</v>
       </c>
       <c r="J121" t="str">
         <v>1</v>
       </c>
       <c r="K121" t="str">
         <v>17</v>
       </c>
       <c r="L121" t="str">
         <v>1</v>
       </c>
       <c r="M121" t="str">
         <v>36</v>
       </c>
       <c r="N121" t="str">
         <v>1,4</v>
       </c>
       <c r="O121" t="str">
         <v>Aluminium</v>
       </c>
       <c r="P121" t="str">
-        <v>0,09</v>
+        <v>0,06</v>
       </c>
       <c r="Q121" t="str">
         <v>1,8</v>
       </c>
       <c r="R121" t="str">
         <v>HT Polymer</v>
       </c>
       <c r="S121" t="str">
         <v>48</v>
       </c>
       <c r="T121" t="str">
         <v>1,89</v>
       </c>
       <c r="U121" t="str">
         <v>46</v>
       </c>
       <c r="V121" t="str">
         <v>1,81</v>
       </c>
       <c r="W121" t="str">
         <v>0,25</v>
       </c>
       <c r="X121" t="str">
         <v>0,56</v>
       </c>
       <c r="Y121" t="str">
         <v>1</v>
       </c>
       <c r="Z121" t="str">
         <v>0,275</v>
       </c>
       <c r="AA121" t="str">
         <v>0,61</v>
       </c>
       <c r="AB121" t="str">
         <v>105x105x65</v>
       </c>
       <c r="AC121" t="str">
-        <v>4,1x4,1x2,6</v>
+        <v>4.1x4.1x2.6</v>
       </c>
       <c r="AD121" t="str">
-        <v>MMDDH3508</v>
+        <v>MMDDH3504</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="str">
-        <v>DH350H</v>
+        <v>DH350</v>
       </c>
       <c r="B122">
         <v>1</v>
       </c>
       <c r="C122" t="str">
         <v>25</v>
       </c>
       <c r="D122" t="str">
         <v>1</v>
       </c>
       <c r="E122" t="str">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="F122" t="str">
-        <v>7,8</v>
+        <v>10,4</v>
       </c>
       <c r="G122" t="str">
+        <v>15</v>
+      </c>
+      <c r="H122" t="str">
         <v>30</v>
       </c>
-      <c r="H122" t="str">
-[...1 lines deleted...]
-      </c>
       <c r="I122" t="str">
-        <v>108</v>
+        <v>109,5</v>
       </c>
       <c r="J122" t="str">
         <v>1</v>
       </c>
       <c r="K122" t="str">
         <v>17</v>
       </c>
       <c r="L122" t="str">
         <v>1</v>
       </c>
       <c r="M122" t="str">
         <v>36</v>
       </c>
       <c r="N122" t="str">
         <v>1,4</v>
       </c>
       <c r="O122" t="str">
         <v>Aluminium</v>
       </c>
       <c r="P122" t="str">
-        <v>0,09</v>
+        <v>0,15</v>
       </c>
       <c r="Q122" t="str">
         <v>1,8</v>
       </c>
       <c r="R122" t="str">
         <v>HT Polymer</v>
       </c>
       <c r="S122" t="str">
         <v>48</v>
       </c>
       <c r="T122" t="str">
         <v>1,89</v>
       </c>
       <c r="U122" t="str">
-        <v>62</v>
+        <v>46</v>
       </c>
       <c r="V122" t="str">
-        <v>2,44</v>
+        <v>1,81</v>
       </c>
       <c r="W122" t="str">
-        <v>0,27</v>
+        <v>0,25</v>
       </c>
       <c r="X122" t="str">
-        <v>0,6</v>
+        <v>0,56</v>
       </c>
       <c r="Y122" t="str">
         <v>1</v>
       </c>
       <c r="Z122" t="str">
-        <v>0,295</v>
+        <v>0,275</v>
       </c>
       <c r="AA122" t="str">
-        <v>0,65</v>
+        <v>0,61</v>
       </c>
       <c r="AB122" t="str">
         <v>105x105x65</v>
       </c>
       <c r="AC122" t="str">
-        <v>4.13x4.13x2.56</v>
+        <v>4,1x4,1x2,6</v>
       </c>
       <c r="AD122" t="str">
-        <v>MMDDH3508</v>
+        <v>MMDDH35016</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="str">
-        <v>DH350H</v>
+        <v>DH350</v>
       </c>
       <c r="B123">
         <v>1</v>
       </c>
       <c r="C123" t="str">
         <v>25</v>
       </c>
       <c r="D123" t="str">
         <v>1</v>
       </c>
       <c r="E123" t="str">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="F123" t="str">
-        <v>4,1</v>
+        <v>7,8</v>
       </c>
       <c r="G123" t="str">
+        <v>15</v>
+      </c>
+      <c r="H123" t="str">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
       <c r="I123" t="str">
         <v>108</v>
       </c>
       <c r="J123" t="str">
         <v>1</v>
       </c>
       <c r="K123" t="str">
         <v>17</v>
       </c>
       <c r="L123" t="str">
         <v>1</v>
       </c>
       <c r="M123" t="str">
         <v>36</v>
       </c>
       <c r="N123" t="str">
         <v>1,4</v>
       </c>
       <c r="O123" t="str">
         <v>Aluminium</v>
       </c>
       <c r="P123" t="str">
-        <v>0,06</v>
+        <v>0,09</v>
       </c>
       <c r="Q123" t="str">
         <v>1,8</v>
       </c>
       <c r="R123" t="str">
         <v>HT Polymer</v>
       </c>
       <c r="S123" t="str">
         <v>48</v>
       </c>
       <c r="T123" t="str">
         <v>1,89</v>
       </c>
       <c r="U123" t="str">
-        <v>62</v>
+        <v>46</v>
       </c>
       <c r="V123" t="str">
-        <v>2,44</v>
+        <v>1,81</v>
       </c>
       <c r="W123" t="str">
-        <v>0,27</v>
+        <v>0,25</v>
       </c>
       <c r="X123" t="str">
-        <v>0,6</v>
+        <v>0,56</v>
       </c>
       <c r="Y123" t="str">
         <v>1</v>
       </c>
       <c r="Z123" t="str">
-        <v>0,295</v>
+        <v>0,275</v>
       </c>
       <c r="AA123" t="str">
-        <v>0,65</v>
+        <v>0,61</v>
       </c>
       <c r="AB123" t="str">
         <v>105x105x65</v>
       </c>
       <c r="AC123" t="str">
-        <v>4.13x4.13x2.56</v>
+        <v>4,1x4,1x2,6</v>
       </c>
       <c r="AD123" t="str">
-        <v>MMDDH3504</v>
+        <v>MMDDH3508</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="str">
         <v>DH350H</v>
       </c>
       <c r="B124">
         <v>1</v>
       </c>
       <c r="C124" t="str">
         <v>25</v>
       </c>
       <c r="D124" t="str">
         <v>1</v>
       </c>
       <c r="E124" t="str">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="F124" t="str">
-        <v>10,4</v>
+        <v>7,8</v>
       </c>
       <c r="G124" t="str">
         <v>30</v>
       </c>
       <c r="H124" t="str">
         <v>60</v>
       </c>
       <c r="I124" t="str">
-        <v>109,5</v>
+        <v>108</v>
       </c>
       <c r="J124" t="str">
         <v>1</v>
       </c>
       <c r="K124" t="str">
         <v>17</v>
       </c>
       <c r="L124" t="str">
         <v>1</v>
       </c>
       <c r="M124" t="str">
         <v>36</v>
       </c>
       <c r="N124" t="str">
         <v>1,4</v>
       </c>
       <c r="O124" t="str">
         <v>Aluminium</v>
       </c>
       <c r="P124" t="str">
-        <v>0,15</v>
+        <v>0,09</v>
       </c>
       <c r="Q124" t="str">
         <v>1,8</v>
       </c>
       <c r="R124" t="str">
         <v>HT Polymer</v>
       </c>
       <c r="S124" t="str">
         <v>48</v>
       </c>
       <c r="T124" t="str">
         <v>1,89</v>
       </c>
       <c r="U124" t="str">
         <v>62</v>
       </c>
       <c r="V124" t="str">
         <v>2,44</v>
       </c>
       <c r="W124" t="str">
         <v>0,27</v>
       </c>
       <c r="X124" t="str">
         <v>0,6</v>
       </c>
       <c r="Y124" t="str">
         <v>1</v>
       </c>
       <c r="Z124" t="str">
         <v>0,295</v>
       </c>
       <c r="AA124" t="str">
         <v>0,65</v>
       </c>
       <c r="AB124" t="str">
         <v>105x105x65</v>
       </c>
       <c r="AC124" t="str">
         <v>4.13x4.13x2.56</v>
       </c>
       <c r="AD124" t="str">
-        <v>MMDDH35016</v>
+        <v>MMDDH3508</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="str">
-        <v>DH450</v>
+        <v>DH350H</v>
       </c>
       <c r="B125">
         <v>1</v>
       </c>
       <c r="C125" t="str">
         <v>25</v>
       </c>
       <c r="D125" t="str">
         <v>1</v>
       </c>
       <c r="E125" t="str">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="F125" t="str">
-        <v>7,8</v>
+        <v>4,1</v>
       </c>
       <c r="G125" t="str">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="H125" t="str">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="I125" t="str">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="J125" t="str">
         <v>1</v>
       </c>
       <c r="K125" t="str">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="L125" t="str">
         <v>1</v>
       </c>
       <c r="M125" t="str">
-        <v>44</v>
+        <v>36</v>
       </c>
       <c r="N125" t="str">
-        <v>1,7</v>
+        <v>1,4</v>
       </c>
       <c r="O125" t="str">
         <v>Aluminium</v>
       </c>
       <c r="P125" t="str">
-        <v>0,16</v>
+        <v>0,06</v>
       </c>
       <c r="Q125" t="str">
-        <v>1,9</v>
+        <v>1,8</v>
       </c>
       <c r="R125" t="str">
         <v>HT Polymer</v>
       </c>
       <c r="S125" t="str">
-        <v>69</v>
+        <v>48</v>
       </c>
       <c r="T125" t="str">
-        <v>2,72</v>
+        <v>1,89</v>
       </c>
       <c r="U125" t="str">
-        <v>48</v>
+        <v>62</v>
       </c>
       <c r="V125" t="str">
-        <v>1,89</v>
+        <v>2,44</v>
       </c>
       <c r="W125" t="str">
-        <v>0,53</v>
+        <v>0,27</v>
       </c>
       <c r="X125" t="str">
-        <v>1,16</v>
+        <v>0,6</v>
       </c>
       <c r="Y125" t="str">
         <v>1</v>
       </c>
       <c r="Z125" t="str">
-        <v>0,56</v>
+        <v>0,295</v>
       </c>
       <c r="AA125" t="str">
-        <v>1,23</v>
+        <v>0,65</v>
       </c>
       <c r="AB125" t="str">
         <v>105x105x65</v>
       </c>
       <c r="AC125" t="str">
-        <v>4.1x4.1x2.6</v>
+        <v>4.13x4.13x2.56</v>
       </c>
       <c r="AD125" t="str">
-        <v>MMDDH4508</v>
+        <v>MMDDH3504</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="str">
-        <v>DH450</v>
+        <v>DH350H</v>
       </c>
       <c r="B126">
         <v>1</v>
       </c>
       <c r="C126" t="str">
         <v>25</v>
       </c>
       <c r="D126" t="str">
         <v>1</v>
       </c>
       <c r="E126" t="str">
         <v>16</v>
       </c>
       <c r="F126" t="str">
-        <v>12,3</v>
+        <v>10,4</v>
       </c>
       <c r="G126" t="str">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="H126" t="str">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="I126" t="str">
-        <v>110</v>
+        <v>109,5</v>
       </c>
       <c r="J126" t="str">
         <v>1</v>
       </c>
       <c r="K126" t="str">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="L126" t="str">
         <v>1</v>
       </c>
       <c r="M126" t="str">
-        <v>44</v>
+        <v>36</v>
       </c>
       <c r="N126" t="str">
-        <v>1,7</v>
+        <v>1,4</v>
       </c>
       <c r="O126" t="str">
         <v>Aluminium</v>
       </c>
       <c r="P126" t="str">
-        <v>0,22</v>
+        <v>0,15</v>
       </c>
       <c r="Q126" t="str">
-        <v>1,9</v>
+        <v>1,8</v>
       </c>
       <c r="R126" t="str">
         <v>HT Polymer</v>
       </c>
       <c r="S126" t="str">
-        <v>69</v>
+        <v>48</v>
       </c>
       <c r="T126" t="str">
-        <v>2,72</v>
+        <v>1,89</v>
       </c>
       <c r="U126" t="str">
-        <v>48</v>
+        <v>62</v>
       </c>
       <c r="V126" t="str">
-        <v>1,89</v>
+        <v>2,44</v>
       </c>
       <c r="W126" t="str">
-        <v>0,53</v>
+        <v>0,27</v>
       </c>
       <c r="X126" t="str">
-        <v>1,16</v>
+        <v>0,6</v>
       </c>
       <c r="Y126" t="str">
         <v>1</v>
       </c>
       <c r="Z126" t="str">
-        <v>0,56</v>
+        <v>0,295</v>
       </c>
       <c r="AA126" t="str">
-        <v>1,23</v>
+        <v>0,65</v>
       </c>
       <c r="AB126" t="str">
         <v>105x105x65</v>
       </c>
       <c r="AC126" t="str">
-        <v>4.1x4.1x2.6</v>
+        <v>4.13x4.13x2.56</v>
       </c>
       <c r="AD126" t="str">
-        <v>MMDDH45016</v>
+        <v>MMDDH35016</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="str">
-        <v>DH450H</v>
+        <v>DH450</v>
       </c>
       <c r="B127">
         <v>1</v>
       </c>
       <c r="C127" t="str">
         <v>25</v>
       </c>
       <c r="D127" t="str">
         <v>1</v>
       </c>
       <c r="E127" t="str">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="F127" t="str">
-        <v>12,3</v>
+        <v>7,8</v>
       </c>
       <c r="G127" t="str">
+        <v>20</v>
+      </c>
+      <c r="H127" t="str">
         <v>40</v>
       </c>
-      <c r="H127" t="str">
-[...1 lines deleted...]
-      </c>
       <c r="I127" t="str">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="J127" t="str">
         <v>1</v>
       </c>
       <c r="K127" t="str">
         <v>18</v>
       </c>
       <c r="L127" t="str">
         <v>1</v>
       </c>
       <c r="M127" t="str">
         <v>44</v>
       </c>
       <c r="N127" t="str">
         <v>1,7</v>
       </c>
       <c r="O127" t="str">
         <v>Aluminium</v>
       </c>
       <c r="P127" t="str">
-        <v>0,22</v>
+        <v>0,16</v>
       </c>
       <c r="Q127" t="str">
         <v>1,9</v>
       </c>
       <c r="R127" t="str">
         <v>HT Polymer</v>
       </c>
       <c r="S127" t="str">
         <v>69</v>
       </c>
       <c r="T127" t="str">
-        <v>2,56</v>
+        <v>2,72</v>
       </c>
       <c r="U127" t="str">
-        <v>65</v>
+        <v>48</v>
       </c>
       <c r="V127" t="str">
-        <v>2,56</v>
+        <v>1,89</v>
       </c>
       <c r="W127" t="str">
-        <v>0,6</v>
+        <v>0,53</v>
       </c>
       <c r="X127" t="str">
-        <v>1,32</v>
+        <v>1,16</v>
       </c>
       <c r="Y127" t="str">
         <v>1</v>
       </c>
       <c r="Z127" t="str">
-        <v>0,64</v>
+        <v>0,56</v>
       </c>
       <c r="AA127" t="str">
-        <v>1,41</v>
+        <v>1,23</v>
       </c>
       <c r="AB127" t="str">
-        <v>120x120x65</v>
+        <v>105x105x65</v>
       </c>
       <c r="AC127" t="str">
-        <v>4.72x4.72x2.56</v>
+        <v>4.1x4.1x2.6</v>
       </c>
       <c r="AD127" t="str">
-        <v>MMDDH45016</v>
+        <v>MMDDH4508</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="str">
-        <v>DH450H</v>
+        <v>DH450</v>
       </c>
       <c r="B128">
         <v>1</v>
       </c>
       <c r="C128" t="str">
         <v>25</v>
       </c>
       <c r="D128" t="str">
         <v>1</v>
       </c>
       <c r="E128" t="str">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="F128" t="str">
-        <v>7,8</v>
+        <v>12,3</v>
       </c>
       <c r="G128" t="str">
+        <v>20</v>
+      </c>
+      <c r="H128" t="str">
         <v>40</v>
       </c>
-      <c r="H128" t="str">
-[...1 lines deleted...]
-      </c>
       <c r="I128" t="str">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="J128" t="str">
         <v>1</v>
       </c>
       <c r="K128" t="str">
         <v>18</v>
       </c>
       <c r="L128" t="str">
         <v>1</v>
       </c>
       <c r="M128" t="str">
         <v>44</v>
       </c>
       <c r="N128" t="str">
         <v>1,7</v>
       </c>
       <c r="O128" t="str">
         <v>Aluminium</v>
       </c>
       <c r="P128" t="str">
-        <v>0,16</v>
+        <v>0,22</v>
       </c>
       <c r="Q128" t="str">
         <v>1,9</v>
       </c>
       <c r="R128" t="str">
         <v>HT Polymer</v>
       </c>
       <c r="S128" t="str">
         <v>69</v>
       </c>
       <c r="T128" t="str">
         <v>2,72</v>
       </c>
       <c r="U128" t="str">
+        <v>48</v>
+      </c>
+      <c r="V128" t="str">
+        <v>1,89</v>
+      </c>
+      <c r="W128" t="str">
+        <v>0,53</v>
+      </c>
+      <c r="X128" t="str">
+        <v>1,16</v>
+      </c>
+      <c r="Y128" t="str">
+        <v>1</v>
+      </c>
+      <c r="Z128" t="str">
+        <v>0,56</v>
+      </c>
+      <c r="AA128" t="str">
+        <v>1,23</v>
+      </c>
+      <c r="AB128" t="str">
+        <v>105x105x65</v>
+      </c>
+      <c r="AC128" t="str">
+        <v>4.1x4.1x2.6</v>
+      </c>
+      <c r="AD128" t="str">
+        <v>MMDDH45016</v>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" t="str">
+        <v>DH450H</v>
+      </c>
+      <c r="B129">
+        <v>1</v>
+      </c>
+      <c r="C129" t="str">
+        <v>25</v>
+      </c>
+      <c r="D129" t="str">
+        <v>1</v>
+      </c>
+      <c r="E129" t="str">
+        <v>16</v>
+      </c>
+      <c r="F129" t="str">
+        <v>12,3</v>
+      </c>
+      <c r="G129" t="str">
+        <v>40</v>
+      </c>
+      <c r="H129" t="str">
+        <v>80</v>
+      </c>
+      <c r="I129" t="str">
+        <v>110</v>
+      </c>
+      <c r="J129" t="str">
+        <v>1</v>
+      </c>
+      <c r="K129" t="str">
+        <v>18</v>
+      </c>
+      <c r="L129" t="str">
+        <v>1</v>
+      </c>
+      <c r="M129" t="str">
+        <v>44</v>
+      </c>
+      <c r="N129" t="str">
+        <v>1,7</v>
+      </c>
+      <c r="O129" t="str">
+        <v>Aluminium</v>
+      </c>
+      <c r="P129" t="str">
+        <v>0,22</v>
+      </c>
+      <c r="Q129" t="str">
+        <v>1,9</v>
+      </c>
+      <c r="R129" t="str">
+        <v>HT Polymer</v>
+      </c>
+      <c r="S129" t="str">
+        <v>69</v>
+      </c>
+      <c r="T129" t="str">
+        <v>2,56</v>
+      </c>
+      <c r="U129" t="str">
         <v>65</v>
       </c>
-      <c r="V128" t="str">
+      <c r="V129" t="str">
         <v>2,56</v>
       </c>
-      <c r="W128" t="str">
+      <c r="W129" t="str">
         <v>0,6</v>
       </c>
-      <c r="X128" t="str">
+      <c r="X129" t="str">
         <v>1,32</v>
       </c>
-      <c r="Y128" t="str">
-[...2 lines deleted...]
-      <c r="Z128" t="str">
+      <c r="Y129" t="str">
+        <v>1</v>
+      </c>
+      <c r="Z129" t="str">
         <v>0,64</v>
       </c>
-      <c r="AA128" t="str">
+      <c r="AA129" t="str">
         <v>1,41</v>
       </c>
-      <c r="AB128" t="str">
+      <c r="AB129" t="str">
         <v>120x120x65</v>
       </c>
-      <c r="AC128" t="str">
+      <c r="AC129" t="str">
         <v>4.72x4.72x2.56</v>
       </c>
-      <c r="AD128" t="str">
+      <c r="AD129" t="str">
+        <v>MMDDH45016</v>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" t="str">
+        <v>DH450H</v>
+      </c>
+      <c r="B130">
+        <v>1</v>
+      </c>
+      <c r="C130" t="str">
+        <v>25</v>
+      </c>
+      <c r="D130" t="str">
+        <v>1</v>
+      </c>
+      <c r="E130" t="str">
+        <v>8</v>
+      </c>
+      <c r="F130" t="str">
+        <v>7,8</v>
+      </c>
+      <c r="G130" t="str">
+        <v>40</v>
+      </c>
+      <c r="H130" t="str">
+        <v>80</v>
+      </c>
+      <c r="I130" t="str">
+        <v>109</v>
+      </c>
+      <c r="J130" t="str">
+        <v>1</v>
+      </c>
+      <c r="K130" t="str">
+        <v>18</v>
+      </c>
+      <c r="L130" t="str">
+        <v>1</v>
+      </c>
+      <c r="M130" t="str">
+        <v>44</v>
+      </c>
+      <c r="N130" t="str">
+        <v>1,7</v>
+      </c>
+      <c r="O130" t="str">
+        <v>Aluminium</v>
+      </c>
+      <c r="P130" t="str">
+        <v>0,16</v>
+      </c>
+      <c r="Q130" t="str">
+        <v>1,9</v>
+      </c>
+      <c r="R130" t="str">
+        <v>HT Polymer</v>
+      </c>
+      <c r="S130" t="str">
+        <v>69</v>
+      </c>
+      <c r="T130" t="str">
+        <v>2,72</v>
+      </c>
+      <c r="U130" t="str">
+        <v>65</v>
+      </c>
+      <c r="V130" t="str">
+        <v>2,56</v>
+      </c>
+      <c r="W130" t="str">
+        <v>0,6</v>
+      </c>
+      <c r="X130" t="str">
+        <v>1,32</v>
+      </c>
+      <c r="Y130" t="str">
+        <v>1</v>
+      </c>
+      <c r="Z130" t="str">
+        <v>0,64</v>
+      </c>
+      <c r="AA130" t="str">
+        <v>1,41</v>
+      </c>
+      <c r="AB130" t="str">
+        <v>120x120x65</v>
+      </c>
+      <c r="AC130" t="str">
+        <v>4.72x4.72x2.56</v>
+      </c>
+      <c r="AD130" t="str">
         <v>MMDDH4508</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:AD128"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:AD130"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>hf-driver</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 